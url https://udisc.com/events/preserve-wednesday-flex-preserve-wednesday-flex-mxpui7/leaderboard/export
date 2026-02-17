--- v0 (2025-10-19)
+++ v1 (2026-02-17)
@@ -1616,50 +1616,53 @@
         <v>7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>NOV</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v>Charles Edmond</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>63</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
+      <c r="H14">
+        <v>321478</v>
+      </c>
       <c r="I14" t="str">
         <v>chucked92</v>
       </c>
       <c r="J14">
         <v>6</v>
       </c>
       <c r="K14">
         <v>63</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">