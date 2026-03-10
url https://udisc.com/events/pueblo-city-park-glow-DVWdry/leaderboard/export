--- v0 (2026-01-03)
+++ v1 (2026-03-10)
@@ -1398,50 +1398,53 @@
         <v>4</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MIX</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Dean pak</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>52</v>
       </c>
+      <c r="G12">
+        <v>322427</v>
+      </c>
       <c r="H12" t="str">
         <v>deanpac</v>
       </c>
       <c r="I12">
         <v>-2</v>
       </c>
       <c r="J12">
         <v>52</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">