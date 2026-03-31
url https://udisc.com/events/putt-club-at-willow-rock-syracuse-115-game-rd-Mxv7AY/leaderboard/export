--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB49"/>
+  <dimension ref="A1:AC49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>A</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Stephen Bailey</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>22</v>
       </c>
       <c r="G2">
         <v>97912</v>
       </c>
       <c r="H2" t="str">
         <v>stephenbailey</v>
       </c>
       <c r="I2">
         <v>-4</v>
@@ -941,50 +944,53 @@
       </c>
       <c r="R7">
         <v>1</v>
       </c>
       <c r="S7">
         <v>1</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>1</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
       <c r="X7">
         <v>1</v>
       </c>
       <c r="Z7">
         <v>1</v>
       </c>
       <c r="AA7">
         <v>1</v>
       </c>
+      <c r="AC7" t="str">
+        <v>REL</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>A</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
         <v>David Fixler</v>
       </c>
       <c r="E8">
         <v>-9</v>
       </c>
       <c r="F8">
         <v>19</v>
       </c>
       <c r="G8">
         <v>177425</v>
       </c>
       <c r="H8" t="str">
         <v>elvisguy</v>
       </c>
       <c r="I8">
         <v>-9</v>
@@ -1080,50 +1086,53 @@
       </c>
       <c r="Q9">
         <v>1</v>
       </c>
       <c r="R9">
         <v>1</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>1</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
+      <c r="AC9" t="str">
+        <v>19</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>A</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
         <v>Ian Lyskawa</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>169101</v>
       </c>
       <c r="H10" t="str">
         <v>ianlyskawa</v>
       </c>
       <c r="I10">
         <v>-6</v>
@@ -1154,50 +1163,53 @@
       </c>
       <c r="T10">
         <v>1</v>
       </c>
       <c r="U10">
         <v>2</v>
       </c>
       <c r="V10">
         <v>1</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>1</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
+      <c r="AC10" t="str">
+        <v>19</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>A</v>
       </c>
       <c r="B11" t="str">
         <v>DNF</v>
       </c>
       <c r="D11" t="str">
         <v>Chris Phillips</v>
       </c>
       <c r="E11">
         <v>-1</v>
       </c>
       <c r="F11">
         <v>29</v>
       </c>
       <c r="H11" t="str">
         <v>cphillips730</v>
       </c>
       <c r="I11">
         <v>-1</v>
       </c>
       <c r="J11">
         <v>29</v>
@@ -1225,50 +1237,53 @@
       </c>
       <c r="S11">
         <v>2</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11">
         <v>2</v>
       </c>
       <c r="V11">
         <v>2</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="Y11">
         <v>1</v>
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
+      <c r="AC11" t="str">
+        <v>32</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>A</v>
       </c>
       <c r="B12" t="str">
         <v>DNF</v>
       </c>
       <c r="D12" t="str">
         <v>Darren Recore</v>
       </c>
       <c r="E12">
         <v>-6</v>
       </c>
       <c r="F12">
         <v>24</v>
       </c>
       <c r="H12" t="str">
         <v>treehtr</v>
       </c>
       <c r="I12">
         <v>-6</v>
       </c>
       <c r="J12">
         <v>24</v>
@@ -1296,50 +1311,53 @@
       </c>
       <c r="S12">
         <v>1</v>
       </c>
       <c r="T12">
         <v>1</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
         <v>2</v>
       </c>
       <c r="AB12">
         <v>1</v>
       </c>
+      <c r="AC12" t="str">
+        <v>19</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>A</v>
       </c>
       <c r="B13" t="str">
         <v>DNF</v>
       </c>
       <c r="D13" t="str">
         <v>Gary Crowley</v>
       </c>
       <c r="E13">
         <v>-6</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="H13" t="str">
         <v>discgolferr</v>
       </c>
       <c r="I13">
         <v>-6</v>
       </c>
       <c r="J13">
         <v>24</v>
@@ -1367,91 +1385,97 @@
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>
       <c r="U13">
         <v>2</v>
       </c>
       <c r="V13">
         <v>1</v>
       </c>
       <c r="X13">
         <v>1</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>1</v>
       </c>
       <c r="AB13">
         <v>1</v>
       </c>
+      <c r="AC13" t="str">
+        <v>19</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>B</v>
       </c>
       <c r="B14" t="str">
         <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Jake Szelewski </v>
       </c>
       <c r="E14">
         <v>-3</v>
       </c>
       <c r="F14">
         <v>7</v>
       </c>
       <c r="H14" t="str">
         <v>jsze44</v>
       </c>
       <c r="I14">
         <v>-3</v>
       </c>
       <c r="J14">
         <v>7</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="Q14">
         <v>1</v>
       </c>
       <c r="V14">
         <v>2</v>
       </c>
+      <c r="AC14" t="str">
+        <v>REL</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>B</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Wendy Courbat</v>
       </c>
       <c r="E15">
         <v>-4</v>
       </c>
       <c r="F15">
         <v>12</v>
       </c>
       <c r="G15">
         <v>17804</v>
       </c>
       <c r="H15" t="str">
         <v>wlcourbat</v>
       </c>
       <c r="I15">
         <v>-4</v>
@@ -1697,50 +1721,53 @@
       </c>
       <c r="N19">
         <v>1</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
         <v>1</v>
       </c>
       <c r="U19">
         <v>1</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
       <c r="AA19">
         <v>1</v>
       </c>
+      <c r="AC19" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>B</v>
       </c>
       <c r="B20" t="str">
         <v>DNF</v>
       </c>
       <c r="D20" t="str">
         <v>Conway</v>
       </c>
       <c r="E20">
         <v>-4</v>
       </c>
       <c r="F20">
         <v>18</v>
       </c>
       <c r="H20" t="str">
         <v>jfro2142</v>
       </c>
       <c r="I20">
         <v>-4</v>
       </c>
       <c r="J20">
         <v>18</v>
@@ -1756,50 +1783,53 @@
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="S20">
         <v>2</v>
       </c>
       <c r="U20">
         <v>2</v>
       </c>
       <c r="W20">
         <v>1</v>
       </c>
       <c r="Y20">
         <v>1</v>
       </c>
       <c r="Z20">
         <v>1</v>
       </c>
+      <c r="AC20" t="str">
+        <v>14</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>B</v>
       </c>
       <c r="B21" t="str">
         <v>DNF</v>
       </c>
       <c r="D21" t="str">
         <v>Amber Stout</v>
       </c>
       <c r="E21">
         <v>-6</v>
       </c>
       <c r="F21">
         <v>18</v>
       </c>
       <c r="G21">
         <v>158859</v>
       </c>
       <c r="H21" t="str">
         <v>astout18</v>
       </c>
       <c r="I21">
         <v>-6</v>
@@ -1821,50 +1851,53 @@
       </c>
       <c r="P21">
         <v>1</v>
       </c>
       <c r="R21">
         <v>1</v>
       </c>
       <c r="S21">
         <v>2</v>
       </c>
       <c r="T21">
         <v>1</v>
       </c>
       <c r="V21">
         <v>1</v>
       </c>
       <c r="Y21">
         <v>1</v>
       </c>
       <c r="Z21">
         <v>1</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
+      <c r="AC21" t="str">
+        <v>14</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>B</v>
       </c>
       <c r="B22" t="str">
         <v>DNF</v>
       </c>
       <c r="D22" t="str">
         <v>Kyle Rath</v>
       </c>
       <c r="E22">
         <v>-4</v>
       </c>
       <c r="F22">
         <v>20</v>
       </c>
       <c r="G22">
         <v>176574</v>
       </c>
       <c r="H22" t="str">
         <v>kriggs12</v>
       </c>
       <c r="I22">
         <v>-4</v>
@@ -1886,50 +1919,53 @@
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>
       <c r="Q22">
         <v>2</v>
       </c>
       <c r="S22">
         <v>1</v>
       </c>
       <c r="U22">
         <v>2</v>
       </c>
       <c r="V22">
         <v>1</v>
       </c>
       <c r="W22">
         <v>2</v>
       </c>
       <c r="AA22">
         <v>1</v>
       </c>
+      <c r="AC22" t="str">
+        <v>17</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>B</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
         <v>Dakota Sheldon</v>
       </c>
       <c r="E23">
         <v>-9</v>
       </c>
       <c r="F23">
         <v>15</v>
       </c>
       <c r="G23">
         <v>212614</v>
       </c>
       <c r="H23" t="str">
         <v>dakotarocks9</v>
       </c>
       <c r="I23">
         <v>-9</v>
@@ -2075,50 +2111,53 @@
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25">
         <v>2</v>
       </c>
       <c r="S25">
         <v>2</v>
       </c>
       <c r="U25">
         <v>1</v>
       </c>
       <c r="X25">
         <v>1</v>
       </c>
       <c r="Z25">
         <v>2</v>
       </c>
       <c r="AA25">
         <v>1</v>
       </c>
       <c r="AB25">
         <v>1</v>
       </c>
+      <c r="AC25" t="str">
+        <v>14</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>B</v>
       </c>
       <c r="B26" t="str">
         <v>DNF</v>
       </c>
       <c r="D26" t="str">
         <v>Brendan Hodgens</v>
       </c>
       <c r="E26">
         <v>-10</v>
       </c>
       <c r="F26">
         <v>16</v>
       </c>
       <c r="G26">
         <v>171877</v>
       </c>
       <c r="H26" t="str">
         <v>hodgoutlet</v>
       </c>
       <c r="I26">
         <v>-10</v>
@@ -2208,50 +2247,53 @@
       </c>
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
         <v>1</v>
       </c>
       <c r="R27">
         <v>1</v>
       </c>
       <c r="S27">
         <v>1</v>
       </c>
       <c r="U27">
         <v>1</v>
       </c>
       <c r="V27">
         <v>1</v>
       </c>
       <c r="Z27">
         <v>1</v>
       </c>
       <c r="AA27">
         <v>2</v>
       </c>
+      <c r="AC27" t="str">
+        <v>14</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>B</v>
       </c>
       <c r="B28" t="str">
         <v>DNF</v>
       </c>
       <c r="D28" t="str">
         <v>Jason Purdy</v>
       </c>
       <c r="E28">
         <v>-11</v>
       </c>
       <c r="F28">
         <v>17</v>
       </c>
       <c r="G28">
         <v>44000</v>
       </c>
       <c r="H28" t="str">
         <v>djjdub</v>
       </c>
       <c r="I28">
         <v>-11</v>
@@ -2279,50 +2321,53 @@
       </c>
       <c r="T28">
         <v>1</v>
       </c>
       <c r="U28">
         <v>2</v>
       </c>
       <c r="W28">
         <v>1</v>
       </c>
       <c r="X28">
         <v>1</v>
       </c>
       <c r="Y28">
         <v>1</v>
       </c>
       <c r="Z28">
         <v>1</v>
       </c>
       <c r="AA28">
         <v>1</v>
       </c>
       <c r="AB28">
         <v>1</v>
       </c>
+      <c r="AC28" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>B</v>
       </c>
       <c r="B29" t="str">
         <v>DNF</v>
       </c>
       <c r="D29" t="str">
         <v>Richard VanGorder</v>
       </c>
       <c r="E29">
         <v>-11</v>
       </c>
       <c r="F29">
         <v>17</v>
       </c>
       <c r="G29">
         <v>212125</v>
       </c>
       <c r="H29" t="str">
         <v>rickvg</v>
       </c>
       <c r="I29">
         <v>-11</v>
@@ -2350,50 +2395,53 @@
       </c>
       <c r="Q29">
         <v>1</v>
       </c>
       <c r="R29">
         <v>1</v>
       </c>
       <c r="S29">
         <v>1</v>
       </c>
       <c r="U29">
         <v>1</v>
       </c>
       <c r="V29">
         <v>1</v>
       </c>
       <c r="Y29">
         <v>1</v>
       </c>
       <c r="Z29">
         <v>2</v>
       </c>
       <c r="AA29">
         <v>1</v>
       </c>
+      <c r="AC29" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>B</v>
       </c>
       <c r="B30" t="str">
         <v>DNF</v>
       </c>
       <c r="D30" t="str">
         <v>Anthony Faes</v>
       </c>
       <c r="E30">
         <v>-6</v>
       </c>
       <c r="F30">
         <v>24</v>
       </c>
       <c r="H30" t="str">
         <v>aphaze</v>
       </c>
       <c r="I30">
         <v>-6</v>
       </c>
       <c r="J30">
         <v>24</v>
@@ -2421,50 +2469,53 @@
       </c>
       <c r="S30">
         <v>1</v>
       </c>
       <c r="T30">
         <v>2</v>
       </c>
       <c r="U30">
         <v>2</v>
       </c>
       <c r="V30">
         <v>1</v>
       </c>
       <c r="W30">
         <v>1</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>2</v>
       </c>
       <c r="AB30">
         <v>1</v>
       </c>
+      <c r="AC30" t="str">
+        <v>24P</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>B</v>
       </c>
       <c r="B31" t="str">
         <v>DNF</v>
       </c>
       <c r="D31" t="str">
         <v>Pat Voorhees</v>
       </c>
       <c r="E31">
         <v>-9</v>
       </c>
       <c r="F31">
         <v>21</v>
       </c>
       <c r="H31" t="str">
         <v>patvoorheesjr</v>
       </c>
       <c r="I31">
         <v>-9</v>
       </c>
       <c r="J31">
         <v>21</v>
@@ -2492,50 +2543,53 @@
       </c>
       <c r="S31">
         <v>1</v>
       </c>
       <c r="T31">
         <v>1</v>
       </c>
       <c r="U31">
         <v>2</v>
       </c>
       <c r="V31">
         <v>1</v>
       </c>
       <c r="Y31">
         <v>1</v>
       </c>
       <c r="Z31">
         <v>2</v>
       </c>
       <c r="AA31">
         <v>2</v>
       </c>
       <c r="AB31">
         <v>1</v>
       </c>
+      <c r="AC31" t="str">
+        <v>20</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>B</v>
       </c>
       <c r="B32" t="str">
         <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Remy Crandall</v>
       </c>
       <c r="E32">
         <v>-8</v>
       </c>
       <c r="F32">
         <v>24</v>
       </c>
       <c r="G32">
         <v>304835</v>
       </c>
       <c r="H32" t="str">
         <v>remyatom</v>
       </c>
       <c r="I32">
         <v>-8</v>
@@ -2569,50 +2623,53 @@
       </c>
       <c r="T32">
         <v>1</v>
       </c>
       <c r="U32">
         <v>2</v>
       </c>
       <c r="V32">
         <v>1</v>
       </c>
       <c r="X32">
         <v>1</v>
       </c>
       <c r="Y32">
         <v>2</v>
       </c>
       <c r="Z32">
         <v>1</v>
       </c>
       <c r="AA32">
         <v>2</v>
       </c>
       <c r="AB32">
         <v>1</v>
       </c>
+      <c r="AC32" t="str">
+        <v>24P</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>C</v>
       </c>
       <c r="B33" t="str">
         <v>DNF</v>
       </c>
       <c r="D33" t="str">
         <v>Brian Stafford</v>
       </c>
       <c r="E33">
         <v>-6</v>
       </c>
       <c r="F33">
         <v>10</v>
       </c>
       <c r="G33">
         <v>211768</v>
       </c>
       <c r="H33" t="str">
         <v>bstaff96</v>
       </c>
       <c r="I33">
         <v>-6</v>
@@ -2675,100 +2732,106 @@
       </c>
       <c r="L34">
         <v>1</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34">
         <v>1</v>
       </c>
       <c r="Q34">
         <v>1</v>
       </c>
       <c r="T34">
         <v>1</v>
       </c>
       <c r="Y34">
         <v>1</v>
       </c>
       <c r="Z34">
         <v>1</v>
       </c>
+      <c r="AC34" t="str">
+        <v>REL</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>C</v>
       </c>
       <c r="B35" t="str">
         <v>DNF</v>
       </c>
       <c r="D35" t="str">
         <v>Jason Scott</v>
       </c>
       <c r="E35">
         <v>-7</v>
       </c>
       <c r="F35">
         <v>9</v>
       </c>
       <c r="H35" t="str">
         <v>mstash</v>
       </c>
       <c r="I35">
         <v>-7</v>
       </c>
       <c r="J35">
         <v>9</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
         <v>1</v>
       </c>
       <c r="N35">
         <v>1</v>
       </c>
       <c r="O35">
         <v>1</v>
       </c>
       <c r="P35">
         <v>1</v>
       </c>
       <c r="T35">
         <v>1</v>
       </c>
       <c r="U35">
         <v>1</v>
       </c>
       <c r="Z35">
         <v>2</v>
       </c>
+      <c r="AC35" t="str">
+        <v>REL</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>C</v>
       </c>
       <c r="B36" t="str">
         <v>DNF</v>
       </c>
       <c r="D36" t="str">
         <v>Sal Mere</v>
       </c>
       <c r="E36">
         <v>-4</v>
       </c>
       <c r="F36">
         <v>12</v>
       </c>
       <c r="H36" t="str">
         <v>salmere</v>
       </c>
       <c r="I36">
         <v>-4</v>
       </c>
       <c r="J36">
         <v>12</v>
@@ -2940,50 +3003,53 @@
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39">
         <v>2</v>
       </c>
       <c r="Q39">
         <v>1</v>
       </c>
       <c r="S39">
         <v>1</v>
       </c>
       <c r="V39">
         <v>1</v>
       </c>
       <c r="Z39">
         <v>1</v>
       </c>
+      <c r="AC39" t="str">
+        <v>12</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>C</v>
       </c>
       <c r="B40" t="str">
         <v>DNF</v>
       </c>
       <c r="D40" t="str">
         <v>Jim Lovell</v>
       </c>
       <c r="E40">
         <v>-6</v>
       </c>
       <c r="F40">
         <v>16</v>
       </c>
       <c r="G40">
         <v>71640</v>
       </c>
       <c r="H40" t="str">
         <v>jimlovell</v>
       </c>
       <c r="I40">
         <v>-6</v>
@@ -3002,50 +3068,53 @@
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">
         <v>1</v>
       </c>
       <c r="R40">
         <v>1</v>
       </c>
       <c r="S40">
         <v>1</v>
       </c>
       <c r="T40">
         <v>2</v>
       </c>
       <c r="U40">
         <v>1</v>
       </c>
       <c r="Z40">
         <v>2</v>
       </c>
       <c r="AA40">
         <v>2</v>
       </c>
+      <c r="AC40" t="str">
+        <v>17</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>C</v>
       </c>
       <c r="B41" t="str">
         <v>DNF</v>
       </c>
       <c r="D41" t="str">
         <v>Nick Padula</v>
       </c>
       <c r="E41">
         <v>-9</v>
       </c>
       <c r="F41">
         <v>13</v>
       </c>
       <c r="G41">
         <v>164798</v>
       </c>
       <c r="H41" t="str">
         <v>npadula93</v>
       </c>
       <c r="I41">
         <v>-9</v>
@@ -3064,50 +3133,53 @@
       </c>
       <c r="O41">
         <v>1</v>
       </c>
       <c r="P41">
         <v>1</v>
       </c>
       <c r="R41">
         <v>1</v>
       </c>
       <c r="T41">
         <v>1</v>
       </c>
       <c r="U41">
         <v>2</v>
       </c>
       <c r="Y41">
         <v>1</v>
       </c>
       <c r="Z41">
         <v>1</v>
       </c>
       <c r="AA41">
         <v>2</v>
       </c>
+      <c r="AC41" t="str">
+        <v>10</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>C</v>
       </c>
       <c r="B42" t="str">
         <v>DNF</v>
       </c>
       <c r="D42" t="str">
         <v>Jack Healy</v>
       </c>
       <c r="E42">
         <v>-5</v>
       </c>
       <c r="F42">
         <v>17</v>
       </c>
       <c r="G42">
         <v>279463</v>
       </c>
       <c r="H42" t="str">
         <v>jackstraw26</v>
       </c>
       <c r="I42">
         <v>-5</v>
@@ -3126,50 +3198,53 @@
       </c>
       <c r="O42">
         <v>2</v>
       </c>
       <c r="P42">
         <v>2</v>
       </c>
       <c r="R42">
         <v>1</v>
       </c>
       <c r="S42">
         <v>2</v>
       </c>
       <c r="T42">
         <v>1</v>
       </c>
       <c r="U42">
         <v>2</v>
       </c>
       <c r="Z42">
         <v>1</v>
       </c>
       <c r="AA42">
         <v>2</v>
       </c>
+      <c r="AC42" t="str">
+        <v>25P</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>C</v>
       </c>
       <c r="B43" t="str">
         <v>DNF</v>
       </c>
       <c r="D43" t="str">
         <v>Dean Ellsworth</v>
       </c>
       <c r="E43">
         <v>-8</v>
       </c>
       <c r="F43">
         <v>14</v>
       </c>
       <c r="H43" t="str">
         <v>deane83</v>
       </c>
       <c r="I43">
         <v>-8</v>
       </c>
       <c r="J43">
         <v>14</v>
@@ -3185,50 +3260,53 @@
       </c>
       <c r="O43">
         <v>1</v>
       </c>
       <c r="Q43">
         <v>1</v>
       </c>
       <c r="R43">
         <v>1</v>
       </c>
       <c r="S43">
         <v>1</v>
       </c>
       <c r="T43">
         <v>2</v>
       </c>
       <c r="U43">
         <v>1</v>
       </c>
       <c r="V43">
         <v>1</v>
       </c>
       <c r="Z43">
         <v>1</v>
       </c>
+      <c r="AC43" t="str">
+        <v>12</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>C</v>
       </c>
       <c r="B44" t="str">
         <v>DNF</v>
       </c>
       <c r="D44" t="str">
         <v>Gregg Adams</v>
       </c>
       <c r="E44">
         <v>-6</v>
       </c>
       <c r="F44">
         <v>16</v>
       </c>
       <c r="H44" t="str">
         <v>adams1493</v>
       </c>
       <c r="I44">
         <v>-6</v>
       </c>
       <c r="J44">
         <v>16</v>
@@ -3244,50 +3322,53 @@
       </c>
       <c r="O44">
         <v>2</v>
       </c>
       <c r="S44">
         <v>1</v>
       </c>
       <c r="T44">
         <v>2</v>
       </c>
       <c r="U44">
         <v>1</v>
       </c>
       <c r="W44">
         <v>1</v>
       </c>
       <c r="Y44">
         <v>1</v>
       </c>
       <c r="Z44">
         <v>1</v>
       </c>
       <c r="AA44">
         <v>1</v>
       </c>
+      <c r="AC44" t="str">
+        <v>17</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>C</v>
       </c>
       <c r="B45" t="str">
         <v>DNF</v>
       </c>
       <c r="D45" t="str">
         <v>Josh Denova</v>
       </c>
       <c r="E45">
         <v>-7</v>
       </c>
       <c r="F45">
         <v>17</v>
       </c>
       <c r="G45">
         <v>307759</v>
       </c>
       <c r="H45" t="str">
         <v>sicnova</v>
       </c>
       <c r="I45">
         <v>-7</v>
@@ -3309,239 +3390,254 @@
       </c>
       <c r="O45">
         <v>2</v>
       </c>
       <c r="T45">
         <v>1</v>
       </c>
       <c r="U45">
         <v>2</v>
       </c>
       <c r="W45">
         <v>1</v>
       </c>
       <c r="X45">
         <v>1</v>
       </c>
       <c r="Y45">
         <v>1</v>
       </c>
       <c r="Z45">
         <v>1</v>
       </c>
       <c r="AB45">
         <v>1</v>
       </c>
+      <c r="AC45" t="str">
+        <v>25P</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>D</v>
       </c>
       <c r="B46" t="str">
         <v>DNF</v>
       </c>
       <c r="D46" t="str">
         <v>Kelly O’Mara</v>
       </c>
       <c r="E46">
         <v>-3</v>
       </c>
       <c r="F46">
         <v>9</v>
       </c>
       <c r="H46" t="str">
         <v>kellyomara</v>
       </c>
       <c r="I46">
         <v>-3</v>
       </c>
       <c r="J46">
         <v>9</v>
       </c>
       <c r="K46">
         <v>2</v>
       </c>
       <c r="O46">
         <v>2</v>
       </c>
       <c r="Q46">
         <v>1</v>
       </c>
       <c r="S46">
         <v>1</v>
       </c>
       <c r="U46">
         <v>1</v>
       </c>
       <c r="AA46">
         <v>2</v>
       </c>
+      <c r="AC46" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>D</v>
       </c>
       <c r="B47" t="str">
         <v>DNF</v>
       </c>
       <c r="D47" t="str">
         <v>Macenzie Bigness</v>
       </c>
       <c r="E47">
         <v>-3</v>
       </c>
       <c r="F47">
         <v>9</v>
       </c>
       <c r="H47" t="str">
         <v>bigmessma</v>
       </c>
       <c r="I47">
         <v>-3</v>
       </c>
       <c r="J47">
         <v>9</v>
       </c>
       <c r="N47">
         <v>2</v>
       </c>
       <c r="O47">
         <v>2</v>
       </c>
       <c r="P47">
         <v>1</v>
       </c>
       <c r="T47">
         <v>1</v>
       </c>
       <c r="Y47">
         <v>1</v>
       </c>
       <c r="Z47">
         <v>2</v>
       </c>
+      <c r="AC47" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>D</v>
       </c>
       <c r="B48" t="str">
         <v>DNF</v>
       </c>
       <c r="D48" t="str">
         <v>Zach Kerlin</v>
       </c>
       <c r="E48">
         <v>-5</v>
       </c>
       <c r="F48">
         <v>9</v>
       </c>
       <c r="H48" t="str">
         <v>theawfulrower</v>
       </c>
       <c r="I48">
         <v>-5</v>
       </c>
       <c r="J48">
         <v>9</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
         <v>1</v>
       </c>
       <c r="O48">
         <v>2</v>
       </c>
       <c r="P48">
         <v>2</v>
       </c>
       <c r="Q48">
         <v>1</v>
       </c>
       <c r="W48">
         <v>1</v>
       </c>
       <c r="X48">
         <v>1</v>
       </c>
+      <c r="AC48" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>D</v>
       </c>
       <c r="B49" t="str">
         <v>DNF</v>
       </c>
       <c r="D49" t="str">
         <v>Martin Sak</v>
       </c>
       <c r="E49">
         <v>-5</v>
       </c>
       <c r="F49">
         <v>11</v>
       </c>
       <c r="H49" t="str">
         <v>martinsak97</v>
       </c>
       <c r="I49">
         <v>-5</v>
       </c>
       <c r="J49">
         <v>11</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
         <v>1</v>
       </c>
       <c r="M49">
         <v>2</v>
       </c>
       <c r="N49">
         <v>2</v>
       </c>
       <c r="P49">
         <v>1</v>
       </c>
       <c r="Q49">
         <v>1</v>
       </c>
       <c r="S49">
         <v>1</v>
       </c>
       <c r="U49">
         <v>2</v>
       </c>
+      <c r="AC49" t="str">
+        <v>21P</v>
+      </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB49"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC49"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 