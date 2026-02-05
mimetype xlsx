--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Danielle Broege &amp; Dawson Snelling</v>
       </c>
       <c r="E2">
         <v>-14</v>
       </c>
       <c r="F2">
         <v>44</v>
       </c>
       <c r="H2" t="str">
-        <v>dawson45739,dani16482</v>
+        <v>dawson45739,dnadg95</v>
       </c>
       <c r="I2">
         <v>-14</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Marcus Wooo Syler-White &amp; Antonio Diazdeleon</v>
       </c>
       <c r="E4">
         <v>-10</v>
       </c>
       <c r="F4">
         <v>48</v>
       </c>
       <c r="H4" t="str">
-        <v>marcuswhite,diaz94</v>
+        <v>marcuswhite,dnadg94</v>
       </c>
       <c r="I4">
         <v>-10</v>
       </c>
       <c r="J4">
         <v>48</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>