--- v0 (2025-10-07)
+++ v1 (2026-02-16)
@@ -557,213 +557,258 @@
       </c>
       <c r="AC1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Matt Hugasian</v>
       </c>
       <c r="E2">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F2">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="H2" t="str">
         <v>mattakaslim</v>
       </c>
       <c r="I2">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="J2">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
+      </c>
+      <c r="Z2">
+        <v>2</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>3</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Anthony cervantes &amp; Andrew Mach</v>
       </c>
       <c r="E3">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F3">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="H3" t="str">
         <v>anthonycer379,andymach</v>
       </c>
       <c r="I3">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J3">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>5</v>
       </c>
       <c r="X3">
         <v>4</v>
       </c>
       <c r="Y3">
         <v>2</v>
+      </c>
+      <c r="Z3">
+        <v>2</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>3</v>
+      </c>
+      <c r="AC3">
+        <v>3</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Boogie Bob &amp; Zach Karls</v>
       </c>
       <c r="E4">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F4">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="H4" t="str">
         <v>bobbo26,scootdaddy</v>
       </c>
       <c r="I4">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J4">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>4</v>
+      </c>
+      <c r="M4">
+        <v>3</v>
+      </c>
+      <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
@@ -779,128 +824,146 @@
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1</v>
       </c>
       <c r="B5" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="str">
         <v>Josh Gross &amp; Cody Sikorski</v>
       </c>
       <c r="E5">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F5">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="H5" t="str">
         <v>jgross123,csikorski392</v>
       </c>
       <c r="I5">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>2</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>2</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA1</v>
       </c>
       <c r="B6" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D6" t="str">
         <v>Kevin Meves &amp; John Zielinski</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="H6" t="str">
         <v>kevinmeves,popejz</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>63</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
@@ -1046,66 +1109,75 @@
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
         <v>Derek Wright  &amp; Kevin Buckley</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F8">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="H8" t="str">
         <v>bigdwright,kevinbuckley</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J8">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K8">
         <v>4</v>
+      </c>
+      <c r="L8">
+        <v>4</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>