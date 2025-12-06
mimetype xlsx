--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -1239,51 +1239,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Chase Ojala</v>
       </c>
       <c r="E10">
         <v>-4</v>
       </c>
       <c r="F10">
         <v>53</v>
       </c>
       <c r="G10">
         <v>80789</v>
       </c>
       <c r="H10" t="str">
-        <v>upleft</v>
+        <v>cascadeskyline</v>
       </c>
       <c r="I10">
         <v>-4</v>
       </c>
       <c r="J10">
         <v>53</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>