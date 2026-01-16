--- v1 (2025-12-06)
+++ v2 (2026-01-16)
@@ -1918,51 +1918,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="E18">
         <v>-1</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="G18">
         <v>273241</v>
       </c>
       <c r="H18" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="I18">
         <v>-1</v>
       </c>
       <c r="J18">
         <v>56</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>