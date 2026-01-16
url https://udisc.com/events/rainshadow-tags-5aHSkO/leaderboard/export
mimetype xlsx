--- v0 (2025-10-19)
+++ v1 (2026-01-16)
@@ -1584,51 +1584,51 @@
       <c r="D12">
         <v>-2</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>T11</v>
       </c>
       <c r="G12">
         <v>11</v>
       </c>
       <c r="H12" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12">
         <v>65</v>
       </c>
       <c r="K12">
         <v>273241</v>
       </c>
       <c r="L12" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>65</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>5</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>5</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
         <v>4</v>
       </c>