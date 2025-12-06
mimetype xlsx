--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -1236,51 +1236,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Chase Ojala</v>
       </c>
       <c r="E10">
         <v>-4</v>
       </c>
       <c r="F10">
         <v>53</v>
       </c>
       <c r="G10">
         <v>80789</v>
       </c>
       <c r="H10" t="str">
-        <v>upleft</v>
+        <v>cascadeskyline</v>
       </c>
       <c r="I10">
         <v>-4</v>
       </c>
       <c r="J10">
         <v>53</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>