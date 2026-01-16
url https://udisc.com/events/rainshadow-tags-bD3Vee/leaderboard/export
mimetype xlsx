--- v1 (2025-12-06)
+++ v2 (2026-01-16)
@@ -2600,51 +2600,51 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
       <c r="G26">
         <v>273241</v>
       </c>
       <c r="H26" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="I26">
         <v>2</v>
       </c>
       <c r="J26">
         <v>59</v>
       </c>
       <c r="K26">
         <v>2</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>