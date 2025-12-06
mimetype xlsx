--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1066,51 +1066,51 @@
       <c r="D7">
         <v>2</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>T2</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="str">
         <v>Chase Ojala</v>
       </c>
       <c r="I7">
         <v>-4</v>
       </c>
       <c r="J7">
         <v>53</v>
       </c>
       <c r="K7">
         <v>80789</v>
       </c>
       <c r="L7" t="str">
-        <v>upleft</v>
+        <v>cascadeskyline</v>
       </c>
       <c r="M7">
         <v>-4</v>
       </c>
       <c r="N7">
         <v>53</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>