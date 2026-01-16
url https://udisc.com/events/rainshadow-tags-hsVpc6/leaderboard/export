--- v1 (2025-12-06)
+++ v2 (2026-01-16)
@@ -1354,51 +1354,51 @@
       <c r="D10">
         <v>-2</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T10</v>
       </c>
       <c r="G10">
         <v>10</v>
       </c>
       <c r="H10" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
       <c r="K10">
         <v>273241</v>
       </c>
       <c r="L10" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>59</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>5</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>