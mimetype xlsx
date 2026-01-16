--- v0 (2025-10-19)
+++ v1 (2026-01-16)
@@ -1491,51 +1491,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Chase Ojala</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13">
         <v>80789</v>
       </c>
       <c r="H13" t="str">
-        <v>upleft</v>
+        <v>cascadeskyline</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>55</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -2511,51 +2511,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="F25">
         <v>58</v>
       </c>
       <c r="G25">
         <v>273241</v>
       </c>
       <c r="H25" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25">
         <v>58</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>5</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>