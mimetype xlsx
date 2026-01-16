--- v1 (2025-11-09)
+++ v2 (2026-01-16)
@@ -883,51 +883,51 @@
       <c r="D5">
         <v>-3</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T9</v>
       </c>
       <c r="G5">
         <v>9</v>
       </c>
       <c r="H5" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>60</v>
       </c>
       <c r="K5">
         <v>273241</v>
       </c>
       <c r="L5" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
       <c r="N5">
         <v>60</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>