--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1930,51 +1930,51 @@
       <c r="D16">
         <v>3</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>T5</v>
       </c>
       <c r="G16">
         <v>5</v>
       </c>
       <c r="H16" t="str">
         <v>Chase Ojala</v>
       </c>
       <c r="I16">
         <v>-2</v>
       </c>
       <c r="J16">
         <v>55</v>
       </c>
       <c r="K16">
         <v>80789</v>
       </c>
       <c r="L16" t="str">
-        <v>upleft</v>
+        <v>cascadeskyline</v>
       </c>
       <c r="M16">
         <v>-2</v>
       </c>
       <c r="N16">
         <v>55</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>