--- v1 (2025-12-06)
+++ v2 (2026-01-16)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-8</v>
       </c>
       <c r="D2">
         <v>-15</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>26</v>
       </c>
       <c r="G2">
         <v>26</v>
       </c>
       <c r="H2" t="str">
         <v>Misty Tachell</v>
       </c>
       <c r="I2">
         <v>7</v>
       </c>
       <c r="J2">
         <v>64</v>
       </c>
+      <c r="K2">
+        <v>319622</v>
+      </c>
       <c r="L2" t="str">
         <v>mistydawnt</v>
       </c>
       <c r="M2">
         <v>7</v>
       </c>
       <c r="N2">
         <v>64</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">
@@ -1443,51 +1446,51 @@
       <c r="D11">
         <v>-3</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T14</v>
       </c>
       <c r="G11">
         <v>14</v>
       </c>
       <c r="H11" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="I11">
         <v>2</v>
       </c>
       <c r="J11">
         <v>59</v>
       </c>
       <c r="K11">
         <v>273241</v>
       </c>
       <c r="L11" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>59</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>5</v>
       </c>