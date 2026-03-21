--- v0 (2025-12-06)
+++ v1 (2026-03-21)
@@ -1978,50 +1978,53 @@
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16">
         <v>-5</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>T13</v>
       </c>
       <c r="G16">
         <v>13</v>
       </c>
       <c r="H16" t="str">
         <v>Brandon McLaughlin</v>
       </c>
       <c r="I16">
         <v>7</v>
       </c>
       <c r="J16">
         <v>67</v>
       </c>
+      <c r="K16">
+        <v>319607</v>
+      </c>
       <c r="L16" t="str">
         <v>mcdino</v>
       </c>
       <c r="M16">
         <v>7</v>
       </c>
       <c r="N16">
         <v>67</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>5</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">