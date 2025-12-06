--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1835,51 +1835,51 @@
       <c r="D15">
         <v>3</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>T8</v>
       </c>
       <c r="G15">
         <v>8</v>
       </c>
       <c r="H15" t="str">
         <v>Chase Ojala</v>
       </c>
       <c r="I15">
         <v>-3</v>
       </c>
       <c r="J15">
         <v>54</v>
       </c>
       <c r="K15">
         <v>80789</v>
       </c>
       <c r="L15" t="str">
-        <v>upleft</v>
+        <v>cascadeskyline</v>
       </c>
       <c r="M15">
         <v>-3</v>
       </c>
       <c r="N15">
         <v>54</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>4</v>
       </c>