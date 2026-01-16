--- v1 (2025-12-06)
+++ v2 (2026-01-16)
@@ -2806,51 +2806,51 @@
       <c r="D25">
         <v>-3</v>
       </c>
       <c r="E25" t="str">
         <v>GEN</v>
       </c>
       <c r="F25" t="str">
         <v>24</v>
       </c>
       <c r="G25">
         <v>24</v>
       </c>
       <c r="H25" t="str">
         <v>Dave Beeler</v>
       </c>
       <c r="I25">
         <v>6</v>
       </c>
       <c r="J25">
         <v>63</v>
       </c>
       <c r="K25">
         <v>273241</v>
       </c>
       <c r="L25" t="str">
-        <v>acedave</v>
+        <v>aceace</v>
       </c>
       <c r="M25">
         <v>6</v>
       </c>
       <c r="N25">
         <v>63</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>5</v>
       </c>
       <c r="Q25">
         <v>2</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>