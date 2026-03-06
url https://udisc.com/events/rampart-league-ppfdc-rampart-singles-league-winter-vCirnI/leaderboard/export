--- v0 (2026-02-01)
+++ v1 (2026-03-06)
@@ -1350,51 +1350,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>PRO</v>
       </c>
       <c r="B11" t="str">
         <v>4</v>
       </c>
       <c r="C11">
         <v>4</v>
       </c>
       <c r="D11" t="str">
         <v>Neil Nelson</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>56</v>
       </c>
       <c r="G11">
         <v>91195</v>
       </c>
       <c r="H11" t="str">
-        <v>wash212</v>
+        <v>neilnelson</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>