--- v0 (2025-12-19)
+++ v1 (2026-01-11)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kyle machado &amp; Jonathan Taylor</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>51</v>
       </c>
       <c r="H8" t="str">
-        <v>harlequinn,homerundad</v>
+        <v>harlequinn,homerun86</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>51</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>