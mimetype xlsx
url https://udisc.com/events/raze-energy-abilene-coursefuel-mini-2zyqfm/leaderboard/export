--- v0 (2026-01-27)
+++ v1 (2026-03-10)
@@ -1313,51 +1313,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>B</v>
       </c>
       <c r="B11" t="str">
         <v>5</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="str">
         <v>Joel Baker</v>
       </c>
       <c r="E11">
         <v>9</v>
       </c>
       <c r="F11">
         <v>63</v>
       </c>
       <c r="H11" t="str">
-        <v>bjoelb</v>
+        <v>eveninarcadia</v>
       </c>
       <c r="I11">
         <v>9</v>
       </c>
       <c r="J11">
         <v>63</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>