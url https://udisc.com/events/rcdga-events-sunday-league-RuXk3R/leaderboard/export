--- v0 (2025-10-05)
+++ v1 (2025-11-09)
@@ -557,51 +557,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_D</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_E</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_F</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Bryce Carleton</v>
       </c>
       <c r="E2">
         <v>-13</v>
       </c>
       <c r="F2">
         <v>63</v>
       </c>
       <c r="G2">
         <v>48597</v>
       </c>
       <c r="H2" t="str">
         <v>brycec</v>
       </c>
       <c r="I2">
         <v>-13</v>
       </c>
@@ -661,51 +661,51 @@
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>2</v>
       </c>
       <c r="AG2">
         <v>3</v>
       </c>
       <c r="AH2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Bob McCracken</v>
       </c>
       <c r="E3">
         <v>-12</v>
       </c>
       <c r="F3">
         <v>64</v>
       </c>
       <c r="H3" t="str">
         <v>thecracken</v>
       </c>
       <c r="I3">
         <v>-12</v>
       </c>
       <c r="J3">
         <v>64</v>
       </c>
@@ -762,51 +762,51 @@
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>4</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
       <c r="AG3">
         <v>3</v>
       </c>
       <c r="AH3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Evan Gurthie</v>
       </c>
       <c r="E4">
         <v>-10</v>
       </c>
       <c r="F4">
         <v>66</v>
       </c>
       <c r="G4">
         <v>12252</v>
       </c>
       <c r="H4" t="str">
         <v>egurthie</v>
       </c>
       <c r="I4">
         <v>-10</v>
       </c>
@@ -866,51 +866,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>4</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>3</v>
       </c>
       <c r="AH4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Paul Haskew Jr</v>
       </c>
       <c r="E5">
         <v>-9</v>
       </c>
       <c r="F5">
         <v>67</v>
       </c>
       <c r="G5">
         <v>154277</v>
       </c>
       <c r="H5" t="str">
         <v>paulhaskewjr</v>
       </c>
       <c r="I5">
         <v>-9</v>
       </c>
@@ -970,51 +970,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>4</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
         <v>2</v>
       </c>
       <c r="AH5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Justin Bussjager</v>
       </c>
       <c r="E6">
         <v>-8</v>
       </c>
       <c r="F6">
         <v>68</v>
       </c>
       <c r="G6">
         <v>89758</v>
       </c>
       <c r="H6" t="str">
         <v>jagerbomb</v>
       </c>
       <c r="I6">
         <v>-8</v>
       </c>
@@ -1074,51 +1074,51 @@
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>4</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
       <c r="AH6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Doug Lee-Sharpe</v>
       </c>
       <c r="E7">
         <v>-6</v>
       </c>
       <c r="F7">
         <v>70</v>
       </c>
       <c r="G7">
         <v>53557</v>
       </c>
       <c r="H7" t="str">
         <v>dougleefresh</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
@@ -1178,51 +1178,51 @@
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
       <c r="AF7">
         <v>2</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
       <c r="AH7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Clifton Suede</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
         <v>72</v>
       </c>
       <c r="H8" t="str">
         <v>cliffysuede</v>
       </c>
       <c r="I8">
         <v>-4</v>
       </c>
       <c r="J8">
         <v>72</v>
       </c>
@@ -1279,51 +1279,51 @@
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
         <v>4</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
       <c r="AG8">
         <v>3</v>
       </c>
       <c r="AH8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>brandon koppenjan</v>
       </c>
       <c r="E9">
         <v>-4</v>
       </c>
       <c r="F9">
         <v>72</v>
       </c>
       <c r="H9" t="str">
         <v>bk90069</v>
       </c>
       <c r="I9">
         <v>-4</v>
       </c>
       <c r="J9">
         <v>72</v>
       </c>
@@ -1380,51 +1380,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
         <v>4</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
       <c r="AH9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Jovani Quintero</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>74</v>
       </c>
       <c r="H10" t="str">
         <v>chefqeo</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>74</v>
       </c>
@@ -1481,51 +1481,51 @@
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
       <c r="AE10">
         <v>4</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>StlJab</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>74</v>
       </c>
       <c r="H11" t="str">
         <v>jabstl14</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>74</v>
       </c>
@@ -1582,51 +1582,51 @@
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
       <c r="AD11">
         <v>2</v>
       </c>
       <c r="AE11">
         <v>5</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
       <c r="AH11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Paul Haskew</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>75</v>
       </c>
       <c r="G12">
         <v>154276</v>
       </c>
       <c r="H12" t="str">
         <v>paulsr27</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
@@ -1686,51 +1686,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>4</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
       <c r="AH12">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Jacob Shepherd</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>75</v>
       </c>
       <c r="G13">
         <v>162293</v>
       </c>
       <c r="H13" t="str">
         <v>shepsizzle</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
@@ -1790,51 +1790,51 @@
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>5</v>
       </c>
       <c r="AD13">
         <v>2</v>
       </c>
       <c r="AE13">
         <v>4</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
       <c r="AH13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
         <v>Andrew Scharhag</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>75</v>
       </c>
       <c r="G14">
         <v>259910</v>
       </c>
       <c r="H14" t="str">
         <v>mrairplane</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
@@ -1894,51 +1894,51 @@
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
         <v>2</v>
       </c>
       <c r="AE14">
         <v>4</v>
       </c>
       <c r="AF14">
         <v>4</v>
       </c>
       <c r="AG14">
         <v>3</v>
       </c>
       <c r="AH14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Justin Thaggard</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>77</v>
       </c>
       <c r="G15">
         <v>174639</v>
       </c>
       <c r="H15" t="str">
         <v>jthaggs42</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
@@ -1998,51 +1998,51 @@
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
       <c r="AE15">
         <v>5</v>
       </c>
       <c r="AF15">
         <v>3</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
       <c r="AH15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Steven Govoni</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>77</v>
       </c>
       <c r="G16">
         <v>175819</v>
       </c>
       <c r="H16" t="str">
         <v>steven4949</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
@@ -2102,54 +2102,54 @@
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
       <c r="AC16">
         <v>3</v>
       </c>
       <c r="AD16">
         <v>4</v>
       </c>
       <c r="AE16">
         <v>3</v>
       </c>
       <c r="AF16">
         <v>3</v>
       </c>
       <c r="AG16">
         <v>2</v>
       </c>
       <c r="AH16">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>16</v>
+        <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Zach Leighton</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
         <v>78</v>
       </c>
       <c r="G17">
         <v>108339</v>
       </c>
       <c r="H17" t="str">
         <v>leftyleighton</v>
       </c>
       <c r="I17">
         <v>2</v>
       </c>
       <c r="J17">
         <v>78</v>
       </c>
@@ -2206,1715 +2206,1715 @@
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
       <c r="AD17">
         <v>6</v>
       </c>
       <c r="AE17">
         <v>4</v>
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
       <c r="AG17">
         <v>5</v>
       </c>
       <c r="AH17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>17</v>
+        <v>T16</v>
       </c>
       <c r="C18">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Jillian Barklage</v>
+        <v>Brad Price</v>
       </c>
       <c r="E18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F18">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G18">
-        <v>52769</v>
+        <v>112458</v>
       </c>
       <c r="H18" t="str">
-        <v>jjc2011</v>
+        <v>bradprice29</v>
       </c>
       <c r="I18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J18">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH18">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T16</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D19" t="str">
-        <v>Bill Giroux</v>
+        <v>Justin Monroe</v>
       </c>
       <c r="E19">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G19">
-        <v>14772</v>
+        <v>153305</v>
       </c>
       <c r="H19" t="str">
-        <v>billgiroux93</v>
+        <v>jaxprelude</v>
       </c>
       <c r="I19">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J19">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
       <c r="AC19">
         <v>4</v>
       </c>
       <c r="AD19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE19">
         <v>4</v>
       </c>
       <c r="AF19">
         <v>3</v>
       </c>
       <c r="AG19">
         <v>3</v>
       </c>
       <c r="AH19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D20" t="str">
-        <v>Geoffrey Steenson</v>
+        <v>Jillian Barklage</v>
       </c>
       <c r="E20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F20">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G20">
-        <v>143698</v>
+        <v>52769</v>
       </c>
       <c r="H20" t="str">
-        <v>saucynoodle</v>
+        <v>jjc2011</v>
       </c>
       <c r="I20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J20">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE20">
         <v>4</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
       <c r="AG20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C21">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v>Bo Shuck</v>
+        <v>Jake Loferski</v>
       </c>
       <c r="E21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F21">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G21">
-        <v>206809</v>
+        <v>149945</v>
       </c>
       <c r="H21" t="str">
-        <v>bo206809</v>
+        <v>strawhatman1</v>
       </c>
       <c r="I21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J21">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>4</v>
       </c>
       <c r="AD21">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AE21">
         <v>5</v>
       </c>
       <c r="AF21">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AG21">
         <v>2</v>
       </c>
       <c r="AH21">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C22">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D22" t="str">
-        <v>JoeySottile</v>
+        <v>Phil Eurom</v>
       </c>
       <c r="E22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F22">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G22">
-        <v>212530</v>
+        <v>309981</v>
       </c>
       <c r="H22" t="str">
-        <v>jsottile7</v>
+        <v>afkhero1</v>
       </c>
       <c r="I22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J22">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD22">
         <v>2</v>
       </c>
       <c r="AE22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AF22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AH22">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>22</v>
+        <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Joshua Kent</v>
+        <v>Bill Giroux</v>
       </c>
       <c r="E23">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F23">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G23">
-        <v>111585</v>
+        <v>14772</v>
       </c>
       <c r="H23" t="str">
-        <v>joshkent81</v>
+        <v>billgiroux93</v>
       </c>
       <c r="I23">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J23">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA23">
         <v>5</v>
       </c>
       <c r="AB23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC23">
         <v>4</v>
       </c>
       <c r="AD23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE23">
         <v>4</v>
       </c>
       <c r="AF23">
         <v>3</v>
       </c>
       <c r="AG23">
         <v>3</v>
       </c>
       <c r="AH23">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
+        <v>T22</v>
       </c>
       <c r="C24">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D24" t="str">
-        <v>Aaron Nesbit</v>
+        <v>Geoffrey Steenson</v>
       </c>
       <c r="E24">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F24">
-        <v>84</v>
+        <v>81</v>
+      </c>
+      <c r="G24">
+        <v>143698</v>
       </c>
       <c r="H24" t="str">
-        <v>aaronpeace</v>
+        <v>saucynoodle</v>
       </c>
       <c r="I24">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J24">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="K24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>2</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA24">
         <v>5</v>
       </c>
       <c r="AB24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
       <c r="AD24">
         <v>4</v>
       </c>
       <c r="AE24">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AF24">
         <v>3</v>
       </c>
       <c r="AG24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>24</v>
+        <v>T22</v>
       </c>
       <c r="C25">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D25" t="str">
-        <v>Jon Prince</v>
+        <v>Bo Shuck</v>
       </c>
       <c r="E25">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="F25">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="G25">
-        <v>93304</v>
+        <v>206809</v>
       </c>
       <c r="H25" t="str">
-        <v>noodlearm83</v>
+        <v>bo206809</v>
       </c>
       <c r="I25">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="J25">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V25">
         <v>5</v>
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AD25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE25">
         <v>5</v>
       </c>
       <c r="AF25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AH25">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>25</v>
+        <v>T22</v>
       </c>
       <c r="C26">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D26" t="str">
-        <v>Jaime Haskew</v>
+        <v>JoeySottile</v>
       </c>
       <c r="E26">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F26">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="G26">
-        <v>199314</v>
+        <v>212530</v>
       </c>
       <c r="H26" t="str">
-        <v>jaimehaskew</v>
+        <v>jsottile7</v>
       </c>
       <c r="I26">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="J26">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S26">
         <v>4</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V26">
+        <v>3</v>
+      </c>
+      <c r="W26">
+        <v>3</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>3</v>
+      </c>
+      <c r="Z26">
+        <v>4</v>
+      </c>
+      <c r="AA26">
+        <v>4</v>
+      </c>
+      <c r="AB26">
+        <v>3</v>
+      </c>
+      <c r="AC26">
+        <v>4</v>
+      </c>
+      <c r="AD26">
+        <v>2</v>
+      </c>
+      <c r="AE26">
         <v>6</v>
       </c>
-      <c r="W26">
-[...25 lines deleted...]
-      </c>
       <c r="AF26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AG26">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AH26">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>T1</v>
+        <v>26</v>
       </c>
       <c r="C27">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v>Brad Price</v>
+        <v>Joshua Kent</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F27">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G27">
-        <v>112458</v>
+        <v>111585</v>
       </c>
       <c r="H27" t="str">
-        <v>bradprice29</v>
+        <v>joshkent81</v>
       </c>
       <c r="I27">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J27">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG27">
         <v>3</v>
       </c>
       <c r="AH27">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>T1</v>
+        <v>27</v>
       </c>
       <c r="C28">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D28" t="str">
-        <v>Justin Monroe</v>
+        <v>Kevin Alesch</v>
       </c>
       <c r="E28">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F28">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="G28">
-        <v>153305</v>
+        <v>191814</v>
       </c>
       <c r="H28" t="str">
-        <v>jaxprelude</v>
+        <v>agatebuster</v>
       </c>
       <c r="I28">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="J28">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R28">
         <v>3</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28">
         <v>4</v>
       </c>
       <c r="AD28">
         <v>3</v>
       </c>
       <c r="AE28">
         <v>4</v>
       </c>
       <c r="AF28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG28">
         <v>3</v>
       </c>
       <c r="AH28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>T3</v>
+        <v>T28</v>
       </c>
       <c r="C29">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D29" t="str">
-        <v>Jake Loferski</v>
+        <v>Todd Golden</v>
       </c>
       <c r="E29">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F29">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G29">
-        <v>149945</v>
+        <v>241051</v>
       </c>
       <c r="H29" t="str">
-        <v>strawhatman1</v>
+        <v>goldenhorde</v>
       </c>
       <c r="I29">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J29">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X29">
         <v>4</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
       <c r="AC29">
         <v>4</v>
       </c>
       <c r="AD29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE29">
         <v>5</v>
       </c>
       <c r="AF29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AH29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>T3</v>
+        <v>T28</v>
       </c>
       <c r="C30">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D30" t="str">
-        <v>Phil Eurom</v>
+        <v>Aaron Nesbit</v>
       </c>
       <c r="E30">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F30">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>309981</v>
+        <v>84</v>
       </c>
       <c r="H30" t="str">
-        <v>afkhero1</v>
+        <v>aaronpeace</v>
       </c>
       <c r="I30">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J30">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="K30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U30">
         <v>4</v>
       </c>
       <c r="V30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB30">
         <v>2</v>
       </c>
       <c r="AC30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE30">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AF30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG30">
         <v>2</v>
       </c>
       <c r="AH30">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="C31">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Kevin Alesch</v>
+        <v>Jon Prince</v>
       </c>
       <c r="E31">
+        <v>14</v>
+      </c>
+      <c r="F31">
+        <v>90</v>
+      </c>
+      <c r="G31">
+        <v>93304</v>
+      </c>
+      <c r="H31" t="str">
+        <v>noodlearm83</v>
+      </c>
+      <c r="I31">
+        <v>14</v>
+      </c>
+      <c r="J31">
+        <v>90</v>
+      </c>
+      <c r="K31">
+        <v>4</v>
+      </c>
+      <c r="L31">
+        <v>3</v>
+      </c>
+      <c r="M31">
+        <v>3</v>
+      </c>
+      <c r="N31">
+        <v>3</v>
+      </c>
+      <c r="O31">
+        <v>3</v>
+      </c>
+      <c r="P31">
+        <v>5</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>4</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+      <c r="T31">
+        <v>3</v>
+      </c>
+      <c r="U31">
+        <v>4</v>
+      </c>
+      <c r="V31">
+        <v>5</v>
+      </c>
+      <c r="W31">
+        <v>3</v>
+      </c>
+      <c r="X31">
+        <v>3</v>
+      </c>
+      <c r="Y31">
+        <v>2</v>
+      </c>
+      <c r="Z31">
+        <v>3</v>
+      </c>
+      <c r="AA31">
+        <v>4</v>
+      </c>
+      <c r="AB31">
+        <v>3</v>
+      </c>
+      <c r="AC31">
         <v>7</v>
       </c>
-      <c r="F31">
-[...70 lines deleted...]
-      </c>
       <c r="AD31">
         <v>3</v>
       </c>
       <c r="AE31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH31">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
+        <v>31</v>
+      </c>
+      <c r="C32">
+        <v>31</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Rob McKay</v>
+      </c>
+      <c r="E32">
+        <v>15</v>
+      </c>
+      <c r="F32">
+        <v>91</v>
+      </c>
+      <c r="H32" t="str">
+        <v>robmckay</v>
+      </c>
+      <c r="I32">
+        <v>15</v>
+      </c>
+      <c r="J32">
+        <v>91</v>
+      </c>
+      <c r="K32">
+        <v>4</v>
+      </c>
+      <c r="L32">
+        <v>4</v>
+      </c>
+      <c r="M32">
+        <v>3</v>
+      </c>
+      <c r="N32">
+        <v>3</v>
+      </c>
+      <c r="O32">
+        <v>4</v>
+      </c>
+      <c r="P32">
+        <v>3</v>
+      </c>
+      <c r="Q32">
+        <v>4</v>
+      </c>
+      <c r="R32">
+        <v>3</v>
+      </c>
+      <c r="S32">
+        <v>3</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>3</v>
+      </c>
+      <c r="V32">
+        <v>5</v>
+      </c>
+      <c r="W32">
+        <v>4</v>
+      </c>
+      <c r="X32">
+        <v>4</v>
+      </c>
+      <c r="Y32">
+        <v>3</v>
+      </c>
+      <c r="Z32">
+        <v>3</v>
+      </c>
+      <c r="AA32">
+        <v>5</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
+      </c>
+      <c r="AC32">
         <v>6</v>
       </c>
-      <c r="C32">
+      <c r="AD32">
+        <v>3</v>
+      </c>
+      <c r="AE32">
+        <v>5</v>
+      </c>
+      <c r="AF32">
+        <v>4</v>
+      </c>
+      <c r="AG32">
+        <v>3</v>
+      </c>
+      <c r="AH32">
         <v>6</v>
-      </c>
-[...91 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="C33">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="D33" t="str">
-        <v>Rob McKay</v>
+        <v>Jaime Haskew</v>
       </c>
       <c r="E33">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F33">
-        <v>91</v>
+        <v>93</v>
+      </c>
+      <c r="G33">
+        <v>199314</v>
       </c>
       <c r="H33" t="str">
-        <v>robmckay</v>
+        <v>jaimehaskew</v>
       </c>
       <c r="I33">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="J33">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
         <v>4</v>
       </c>
       <c r="R33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T33">
         <v>3</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X33">
         <v>4</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
       <c r="AA33">
         <v>5</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
+        <v>5</v>
+      </c>
+      <c r="AD33">
+        <v>3</v>
+      </c>
+      <c r="AE33">
+        <v>4</v>
+      </c>
+      <c r="AF33">
+        <v>4</v>
+      </c>
+      <c r="AG33">
         <v>6</v>
-      </c>
-[...10 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AH33">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C34">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="D34" t="str">
         <v xml:space="preserve">Dan Phipps </v>
       </c>
       <c r="E34">
         <v>22</v>
       </c>
       <c r="F34">
         <v>98</v>
       </c>
       <c r="H34" t="str">
         <v>danfibbs98</v>
       </c>
       <c r="I34">
         <v>22</v>
       </c>
       <c r="J34">
         <v>98</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
       <c r="L34">
         <v>4</v>
       </c>
@@ -3968,54 +3968,54 @@
       </c>
       <c r="AC34">
         <v>4</v>
       </c>
       <c r="AD34">
         <v>4</v>
       </c>
       <c r="AE34">
         <v>6</v>
       </c>
       <c r="AF34">
         <v>4</v>
       </c>
       <c r="AG34">
         <v>5</v>
       </c>
       <c r="AH34">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="C35">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D35" t="str">
         <v>Cole Sandidge</v>
       </c>
       <c r="E35">
         <v>24</v>
       </c>
       <c r="F35">
         <v>100</v>
       </c>
       <c r="H35" t="str">
         <v>bobert1</v>
       </c>
       <c r="I35">
         <v>24</v>
       </c>
       <c r="J35">
         <v>100</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>