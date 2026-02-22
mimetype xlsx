--- v0 (2026-01-25)
+++ v1 (2026-02-22)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AL41"/>
+  <dimension ref="A1:AL40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -588,54 +588,54 @@
       </c>
       <c r="AK1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AL1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-24</v>
       </c>
       <c r="D2">
         <v>-22</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>T4</v>
+        <v>T13</v>
       </c>
       <c r="G2">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="H2" t="str">
         <v xml:space="preserve">Landen Emerson </v>
       </c>
       <c r="I2">
         <v>-2</v>
       </c>
       <c r="J2">
         <v>74</v>
       </c>
       <c r="L2" t="str">
         <v>lance12345emer</v>
       </c>
       <c r="M2">
         <v>-2</v>
       </c>
       <c r="N2">
         <v>74</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
@@ -698,51 +698,51 @@
       </c>
       <c r="AJ2">
         <v>4</v>
       </c>
       <c r="AK2">
         <v>3</v>
       </c>
       <c r="AL2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>-11</v>
       </c>
       <c r="D3">
         <v>-2</v>
       </c>
       <c r="E3" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>T3</v>
       </c>
       <c r="G3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
         <v>Mitch Kessler</v>
       </c>
       <c r="I3">
         <v>-9</v>
       </c>
       <c r="J3">
         <v>67</v>
       </c>
       <c r="K3">
         <v>137001</v>
       </c>
       <c r="L3" t="str">
         <v>mitchkessler</v>
       </c>
       <c r="M3">
         <v>-9</v>
       </c>
@@ -814,57 +814,57 @@
       </c>
       <c r="AJ3">
         <v>4</v>
       </c>
       <c r="AK3">
         <v>2</v>
       </c>
       <c r="AL3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-6</v>
       </c>
       <c r="D4">
         <v>-8</v>
       </c>
       <c r="E4" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="G4">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H4" t="str">
         <v>Brandon lankford</v>
       </c>
       <c r="I4">
         <v>2</v>
       </c>
       <c r="J4">
         <v>78</v>
       </c>
       <c r="L4" t="str">
         <v>brandonlank</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>78</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -930,54 +930,54 @@
       </c>
       <c r="AK4">
         <v>3</v>
       </c>
       <c r="AL4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
         <v>-5</v>
       </c>
       <c r="D5">
         <v>-1</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>3</v>
+        <v>T10</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H5" t="str">
         <v>Rob George</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>72</v>
       </c>
       <c r="K5">
         <v>78133</v>
       </c>
       <c r="L5" t="str">
         <v>robgeorge</v>
       </c>
       <c r="M5">
         <v>-4</v>
       </c>
       <c r="N5">
         <v>72</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
@@ -1046,54 +1046,54 @@
       </c>
       <c r="AK5">
         <v>3</v>
       </c>
       <c r="AL5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T4</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>-5</v>
       </c>
       <c r="D6">
         <v>-3</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>T4</v>
+        <v>T13</v>
       </c>
       <c r="G6">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="H6" t="str">
         <v>Alex Johnson</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>74</v>
       </c>
       <c r="L6" t="str">
         <v>twigie</v>
       </c>
       <c r="M6">
         <v>-2</v>
       </c>
       <c r="N6">
         <v>74</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
@@ -1153,533 +1153,533 @@
       </c>
       <c r="AI6">
         <v>4</v>
       </c>
       <c r="AJ6">
         <v>4</v>
       </c>
       <c r="AK6">
         <v>4</v>
       </c>
       <c r="AL6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
         <v>-4</v>
       </c>
       <c r="D7">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="G7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H7" t="str">
-        <v>Jess Tyler</v>
+        <v>Bob McCracken</v>
       </c>
       <c r="I7">
-        <v>-7</v>
+        <v>-11</v>
       </c>
       <c r="J7">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>192841</v>
+        <v>65</v>
       </c>
       <c r="L7" t="str">
-        <v>shady904</v>
+        <v>thecracken</v>
       </c>
       <c r="M7">
-        <v>-7</v>
+        <v>-11</v>
       </c>
       <c r="N7">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG7">
         <v>4</v>
       </c>
       <c r="AH7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AJ7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AK7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AL7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T6</v>
       </c>
       <c r="B8">
         <v>6</v>
       </c>
       <c r="C8">
         <v>-4</v>
       </c>
       <c r="D8">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E8" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>2</v>
+        <v>T6</v>
       </c>
       <c r="G8">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H8" t="str">
-        <v>Bob McCracken</v>
+        <v>Jess Tyler</v>
       </c>
       <c r="I8">
-        <v>-11</v>
+        <v>-7</v>
       </c>
       <c r="J8">
-        <v>65</v>
+        <v>69</v>
+      </c>
+      <c r="K8">
+        <v>192841</v>
       </c>
       <c r="L8" t="str">
-        <v>thecracken</v>
+        <v>shady904</v>
       </c>
       <c r="M8">
-        <v>-11</v>
+        <v>-7</v>
       </c>
       <c r="N8">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG8">
         <v>4</v>
       </c>
       <c r="AH8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AJ8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AK8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AL8">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
         <v>-3</v>
       </c>
       <c r="D9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>T1</v>
+        <v>T3</v>
       </c>
       <c r="G9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H9" t="str">
-        <v>Devin Umstattd</v>
+        <v>Doug Lee-Sharpe</v>
       </c>
       <c r="I9">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J9">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K9">
-        <v>221326</v>
+        <v>53557</v>
       </c>
       <c r="L9" t="str">
-        <v>devinu7</v>
+        <v>dougleefresh</v>
       </c>
       <c r="M9">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="N9">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF9">
         <v>2</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
       <c r="AH9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AI9">
         <v>4</v>
       </c>
       <c r="AJ9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AK9">
         <v>2</v>
       </c>
       <c r="AL9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T8</v>
       </c>
       <c r="B10">
         <v>8</v>
       </c>
       <c r="C10">
         <v>-3</v>
       </c>
       <c r="D10">
+        <v>4</v>
+      </c>
+      <c r="E10" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F10" t="str">
+        <v>T6</v>
+      </c>
+      <c r="G10">
         <v>6</v>
       </c>
-      <c r="E10" t="str">
-[...7 lines deleted...]
-      </c>
       <c r="H10" t="str">
-        <v>Doug Lee-Sharpe</v>
+        <v>Devin Umstattd</v>
       </c>
       <c r="I10">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="J10">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="K10">
-        <v>53557</v>
+        <v>221326</v>
       </c>
       <c r="L10" t="str">
-        <v>dougleefresh</v>
+        <v>devinu7</v>
       </c>
       <c r="M10">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="N10">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF10">
         <v>2</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AI10">
         <v>4</v>
       </c>
       <c r="AJ10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AK10">
         <v>2</v>
       </c>
       <c r="AL10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>T8</v>
       </c>
       <c r="B11">
         <v>8</v>
       </c>
       <c r="C11">
         <v>-3</v>
       </c>
       <c r="D11">
         <v>3</v>
       </c>
       <c r="E11" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G11">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H11" t="str">
-        <v>StlJab</v>
+        <v>Jerry Bark</v>
       </c>
       <c r="I11">
         <v>-6</v>
       </c>
       <c r="J11">
         <v>70</v>
       </c>
       <c r="L11" t="str">
-        <v>jabstl14</v>
+        <v>jabstl</v>
       </c>
       <c r="M11">
         <v>-6</v>
       </c>
       <c r="N11">
         <v>70</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
@@ -1727,399 +1727,399 @@
       </c>
       <c r="AI11">
         <v>4</v>
       </c>
       <c r="AJ11">
         <v>4</v>
       </c>
       <c r="AK11">
         <v>3</v>
       </c>
       <c r="AL11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>T8</v>
       </c>
       <c r="B12">
         <v>8</v>
       </c>
       <c r="C12">
         <v>-3</v>
       </c>
       <c r="D12">
-        <v>-10</v>
+        <v>-7</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>T10</v>
+        <v>T27</v>
       </c>
       <c r="G12">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="H12" t="str">
-        <v>Ian T</v>
+        <v>Jon Prince</v>
       </c>
       <c r="I12">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="J12">
-        <v>83</v>
+        <v>80</v>
+      </c>
+      <c r="K12">
+        <v>93304</v>
       </c>
       <c r="L12" t="str">
-        <v>iant10</v>
+        <v>noodlearm83</v>
       </c>
       <c r="M12">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="N12">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE12">
         <v>4</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AH12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AJ12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AK12">
         <v>3</v>
       </c>
       <c r="AL12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>T8</v>
       </c>
       <c r="B13">
         <v>8</v>
       </c>
       <c r="C13">
         <v>-3</v>
       </c>
       <c r="D13">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="E13" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>T18</v>
+        <v>29</v>
       </c>
       <c r="G13">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="H13" t="str">
-        <v>Jon Prince</v>
+        <v>Jake Loferski</v>
       </c>
       <c r="I13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J13">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K13">
-        <v>93304</v>
+        <v>149945</v>
       </c>
       <c r="L13" t="str">
-        <v>noodlearm83</v>
+        <v>strawhatman1</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N13">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI13">
         <v>4</v>
       </c>
       <c r="AJ13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AK13">
         <v>3</v>
       </c>
       <c r="AL13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>T8</v>
       </c>
       <c r="B14">
         <v>8</v>
       </c>
       <c r="C14">
         <v>-3</v>
       </c>
       <c r="D14">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="E14" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>20</v>
+        <v>T31</v>
       </c>
       <c r="G14">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H14" t="str">
-        <v>Jake Loferski</v>
+        <v>Ian T</v>
       </c>
       <c r="I14">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J14">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>149945</v>
+        <v>83</v>
       </c>
       <c r="L14" t="str">
-        <v>strawhatman1</v>
+        <v>iant10</v>
       </c>
       <c r="M14">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N14">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AH14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AI14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AJ14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AK14">
         <v>3</v>
       </c>
       <c r="AL14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>T14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>-2</v>
       </c>
       <c r="D15">
         <v>11</v>
       </c>
       <c r="E15" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>1</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="str">
         <v>Zach Leighton</v>
       </c>
       <c r="I15">
         <v>-13</v>
       </c>
       <c r="J15">
         <v>63</v>
       </c>
       <c r="K15">
         <v>108339</v>
       </c>
       <c r="L15" t="str">
         <v>leftyleighton</v>
       </c>
       <c r="M15">
         <v>-13</v>
       </c>
@@ -2191,57 +2191,57 @@
       </c>
       <c r="AJ15">
         <v>3</v>
       </c>
       <c r="AK15">
         <v>3</v>
       </c>
       <c r="AL15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>T14</v>
       </c>
       <c r="B16">
         <v>14</v>
       </c>
       <c r="C16">
         <v>-2</v>
       </c>
       <c r="D16">
         <v>2</v>
       </c>
       <c r="E16" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F16" t="str">
-        <v>8</v>
+        <v>T10</v>
       </c>
       <c r="G16">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H16" t="str">
         <v>Frank Williams</v>
       </c>
       <c r="I16">
         <v>-4</v>
       </c>
       <c r="J16">
         <v>72</v>
       </c>
       <c r="L16" t="str">
         <v>jinpan</v>
       </c>
       <c r="M16">
         <v>-4</v>
       </c>
       <c r="N16">
         <v>72</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
@@ -2304,57 +2304,57 @@
       </c>
       <c r="AJ16">
         <v>3</v>
       </c>
       <c r="AK16">
         <v>2</v>
       </c>
       <c r="AL16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>T14</v>
       </c>
       <c r="B17">
         <v>14</v>
       </c>
       <c r="C17">
         <v>-2</v>
       </c>
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F17" t="str">
-        <v>T10</v>
+        <v>T13</v>
       </c>
       <c r="G17">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H17" t="str">
         <v>Steven Govoni</v>
       </c>
       <c r="I17">
         <v>-2</v>
       </c>
       <c r="J17">
         <v>74</v>
       </c>
       <c r="K17">
         <v>175819</v>
       </c>
       <c r="L17" t="str">
         <v>steven4949</v>
       </c>
       <c r="M17">
         <v>-2</v>
       </c>
       <c r="N17">
         <v>74</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
@@ -2420,57 +2420,57 @@
       </c>
       <c r="AJ17">
         <v>4</v>
       </c>
       <c r="AK17">
         <v>2</v>
       </c>
       <c r="AL17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>T14</v>
       </c>
       <c r="B18">
         <v>14</v>
       </c>
       <c r="C18">
         <v>-2</v>
       </c>
       <c r="D18">
         <v>-1</v>
       </c>
       <c r="E18" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F18" t="str">
-        <v>15</v>
+        <v>T20</v>
       </c>
       <c r="G18">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H18" t="str">
         <v>Bill Giroux</v>
       </c>
       <c r="I18">
         <v>-1</v>
       </c>
       <c r="J18">
         <v>75</v>
       </c>
       <c r="K18">
         <v>14772</v>
       </c>
       <c r="L18" t="str">
         <v>billgiroux93</v>
       </c>
       <c r="M18">
         <v>-1</v>
       </c>
       <c r="N18">
         <v>75</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
@@ -2536,54 +2536,54 @@
       </c>
       <c r="AJ18">
         <v>4</v>
       </c>
       <c r="AK18">
         <v>3</v>
       </c>
       <c r="AL18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>T18</v>
       </c>
       <c r="B19">
         <v>18</v>
       </c>
       <c r="C19">
         <v>-1</v>
       </c>
       <c r="D19">
         <v>6</v>
       </c>
       <c r="E19" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F19" t="str">
-        <v>6</v>
+        <v>T6</v>
       </c>
       <c r="G19">
         <v>6</v>
       </c>
       <c r="H19" t="str">
         <v>Paul Haskew Jr</v>
       </c>
       <c r="I19">
         <v>-7</v>
       </c>
       <c r="J19">
         <v>69</v>
       </c>
       <c r="K19">
         <v>154277</v>
       </c>
       <c r="L19" t="str">
         <v>paulhaskewjr</v>
       </c>
       <c r="M19">
         <v>-7</v>
       </c>
       <c r="N19">
         <v>69</v>
       </c>
@@ -2649,750 +2649,750 @@
       </c>
       <c r="AI19">
         <v>3</v>
       </c>
       <c r="AJ19">
         <v>4</v>
       </c>
       <c r="AK19">
         <v>4</v>
       </c>
       <c r="AL19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>T18</v>
       </c>
       <c r="B20">
         <v>18</v>
       </c>
       <c r="C20">
         <v>-1</v>
       </c>
       <c r="D20">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G20">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="H20" t="str">
-        <v>Cyrus Moshiree</v>
+        <v>Jovani Quintero</v>
       </c>
       <c r="I20">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J20">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="L20" t="str">
-        <v>cyrusm</v>
+        <v>chefqeo</v>
       </c>
       <c r="M20">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="N20">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE20">
         <v>4</v>
       </c>
       <c r="AF20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG20">
         <v>3</v>
       </c>
       <c r="AH20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AI20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AJ20">
         <v>4</v>
       </c>
       <c r="AK20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AL20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>T18</v>
       </c>
       <c r="B21">
         <v>18</v>
       </c>
       <c r="C21">
         <v>-1</v>
       </c>
       <c r="D21">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
-        <v>8</v>
+        <v>T13</v>
       </c>
       <c r="G21">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="H21" t="str">
-        <v>Phil Eurom</v>
+        <v>Adrian Valcarce</v>
       </c>
       <c r="I21">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="J21">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="K21">
-        <v>309981</v>
+        <v>274857</v>
       </c>
       <c r="L21" t="str">
-        <v>afkhero1</v>
+        <v>avalcarce</v>
       </c>
       <c r="M21">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="N21">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>2</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD21">
         <v>3</v>
       </c>
       <c r="AE21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF21">
         <v>3</v>
       </c>
       <c r="AG21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI21">
         <v>5</v>
       </c>
       <c r="AJ21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AK21">
         <v>3</v>
       </c>
       <c r="AL21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>T18</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22">
         <v>-1</v>
       </c>
       <c r="D22">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="E22" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F22" t="str">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G22">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="H22" t="str">
-        <v>Jovani Quintero</v>
+        <v>Cyrus Moshiree</v>
       </c>
       <c r="I22">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="J22">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="L22" t="str">
-        <v>chefqeo</v>
+        <v>cyrusm</v>
       </c>
       <c r="M22">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="N22">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE22">
         <v>4</v>
       </c>
       <c r="AF22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG22">
         <v>3</v>
       </c>
       <c r="AH22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AJ22">
         <v>4</v>
       </c>
       <c r="AK22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AL22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>T18</v>
       </c>
       <c r="B23">
         <v>18</v>
       </c>
       <c r="C23">
         <v>-1</v>
       </c>
       <c r="D23">
+        <v>-2</v>
+      </c>
+      <c r="E23" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F23" t="str">
+        <v>T23</v>
+      </c>
+      <c r="G23">
+        <v>23</v>
+      </c>
+      <c r="H23" t="str">
+        <v>Phil Eurom</v>
+      </c>
+      <c r="I23">
         <v>1</v>
       </c>
-      <c r="E23" t="str">
-[...13 lines deleted...]
-      </c>
       <c r="J23">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="K23">
-        <v>274857</v>
+        <v>309981</v>
       </c>
       <c r="L23" t="str">
-        <v>avalcarce</v>
+        <v>afkhero1</v>
       </c>
       <c r="M23">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="N23">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V23">
         <v>2</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD23">
         <v>3</v>
       </c>
       <c r="AE23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF23">
         <v>3</v>
       </c>
       <c r="AG23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI23">
         <v>5</v>
       </c>
       <c r="AJ23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AK23">
         <v>3</v>
       </c>
       <c r="AL23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>T23</v>
       </c>
       <c r="B24">
         <v>23</v>
       </c>
       <c r="C24">
         <v>0</v>
       </c>
       <c r="D24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
-        <v>6</v>
+        <v>T13</v>
       </c>
       <c r="G24">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="H24" t="str">
-        <v>Brian Wingender</v>
+        <v>Paul Haskew</v>
       </c>
       <c r="I24">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J24">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K24">
-        <v>104064</v>
+        <v>154276</v>
       </c>
       <c r="L24" t="str">
-        <v>brianwings</v>
+        <v>paulsr27</v>
       </c>
       <c r="M24">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="N24">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>2</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X24">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>2</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE24">
         <v>4</v>
       </c>
       <c r="AF24">
         <v>3</v>
       </c>
       <c r="AG24">
         <v>3</v>
       </c>
       <c r="AH24">
         <v>3</v>
       </c>
       <c r="AI24">
         <v>4</v>
       </c>
       <c r="AJ24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AK24">
         <v>3</v>
       </c>
       <c r="AL24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>T23</v>
       </c>
       <c r="B25">
         <v>23</v>
       </c>
       <c r="C25">
         <v>0</v>
       </c>
       <c r="D25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E25" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F25" t="str">
-        <v>T10</v>
+        <v>T20</v>
       </c>
       <c r="G25">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H25" t="str">
-        <v>Paul Haskew</v>
+        <v>Brian Wingender</v>
       </c>
       <c r="I25">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J25">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K25">
-        <v>154276</v>
+        <v>104064</v>
       </c>
       <c r="L25" t="str">
-        <v>paulsr27</v>
+        <v>brianwings</v>
       </c>
       <c r="M25">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="N25">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>2</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>2</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE25">
         <v>4</v>
       </c>
       <c r="AF25">
         <v>3</v>
       </c>
       <c r="AG25">
         <v>3</v>
       </c>
       <c r="AH25">
         <v>3</v>
       </c>
       <c r="AI25">
         <v>4</v>
       </c>
       <c r="AJ25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AK25">
         <v>3</v>
       </c>
       <c r="AL25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>T23</v>
       </c>
       <c r="B26">
         <v>23</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26">
         <v>-11</v>
       </c>
       <c r="E26" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F26" t="str">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G26">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H26" t="str">
         <v>Jaime Haskew</v>
       </c>
       <c r="I26">
         <v>11</v>
       </c>
       <c r="J26">
         <v>87</v>
       </c>
       <c r="K26">
         <v>199314</v>
       </c>
       <c r="L26" t="str">
         <v>jaimehaskew</v>
       </c>
       <c r="M26">
         <v>11</v>
       </c>
       <c r="N26">
         <v>87</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
@@ -3458,51 +3458,51 @@
       </c>
       <c r="AJ26">
         <v>5</v>
       </c>
       <c r="AK26">
         <v>4</v>
       </c>
       <c r="AL26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>T26</v>
       </c>
       <c r="B27">
         <v>26</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27">
         <v>10</v>
       </c>
       <c r="E27" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F27" t="str">
         <v>T3</v>
       </c>
       <c r="G27">
         <v>3</v>
       </c>
       <c r="H27" t="str">
         <v>Michael Fitzwater</v>
       </c>
       <c r="I27">
         <v>-9</v>
       </c>
       <c r="J27">
         <v>67</v>
       </c>
       <c r="K27">
         <v>127021</v>
       </c>
       <c r="L27" t="str">
         <v>mikefitz</v>
       </c>
       <c r="M27">
         <v>-9</v>
       </c>
@@ -3574,57 +3574,57 @@
       </c>
       <c r="AJ27">
         <v>4</v>
       </c>
       <c r="AK27">
         <v>2</v>
       </c>
       <c r="AL27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>T26</v>
       </c>
       <c r="B28">
         <v>26</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28">
         <v>3</v>
       </c>
       <c r="E28" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F28" t="str">
-        <v>T10</v>
+        <v>T13</v>
       </c>
       <c r="G28">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H28" t="str">
         <v>Jordan Roberts</v>
       </c>
       <c r="I28">
         <v>-2</v>
       </c>
       <c r="J28">
         <v>74</v>
       </c>
       <c r="K28">
         <v>36792</v>
       </c>
       <c r="L28" t="str">
         <v>jrob36792</v>
       </c>
       <c r="M28">
         <v>-2</v>
       </c>
       <c r="N28">
         <v>74</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
@@ -3690,57 +3690,57 @@
       </c>
       <c r="AJ28">
         <v>3</v>
       </c>
       <c r="AK28">
         <v>3</v>
       </c>
       <c r="AL28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>T28</v>
       </c>
       <c r="B29">
         <v>28</v>
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29">
         <v>4</v>
       </c>
       <c r="E29" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F29" t="str">
-        <v>T10</v>
+        <v>T13</v>
       </c>
       <c r="G29">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H29" t="str">
         <v>Joey Van Duzee</v>
       </c>
       <c r="I29">
         <v>-2</v>
       </c>
       <c r="J29">
         <v>74</v>
       </c>
       <c r="K29">
         <v>14124</v>
       </c>
       <c r="L29" t="str">
         <v>fljroc</v>
       </c>
       <c r="M29">
         <v>-2</v>
       </c>
       <c r="N29">
         <v>74</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
@@ -3803,292 +3803,292 @@
       </c>
       <c r="AI29">
         <v>4</v>
       </c>
       <c r="AJ29">
         <v>3</v>
       </c>
       <c r="AK29">
         <v>3</v>
       </c>
       <c r="AL29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>T28</v>
       </c>
       <c r="B30">
         <v>28</v>
       </c>
       <c r="C30">
         <v>2</v>
       </c>
       <c r="D30">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="E30" t="str">
         <v>GEN</v>
       </c>
       <c r="F30" t="str">
-        <v>T10</v>
+        <v>T27</v>
       </c>
       <c r="G30">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="H30" t="str">
-        <v>Brad Price</v>
+        <v>Steven Shipman</v>
       </c>
       <c r="I30">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="J30">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="K30">
-        <v>112458</v>
+        <v>125592</v>
       </c>
       <c r="L30" t="str">
-        <v>bradprice29</v>
+        <v>stevens1993</v>
       </c>
       <c r="M30">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="N30">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC30">
         <v>3</v>
       </c>
       <c r="AD30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF30">
         <v>3</v>
       </c>
       <c r="AG30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AI30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AJ30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AK30">
         <v>3</v>
       </c>
       <c r="AL30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>T28</v>
       </c>
       <c r="B31">
         <v>28</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
       <c r="D31">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="E31" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F31" t="str">
-        <v>T18</v>
+        <v>T31</v>
       </c>
       <c r="G31">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H31" t="str">
-        <v>Steven Shipman</v>
+        <v>Brad Price</v>
       </c>
       <c r="I31">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J31">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="K31">
-        <v>125592</v>
+        <v>112458</v>
       </c>
       <c r="L31" t="str">
-        <v>stevens1993</v>
+        <v>bradprice29</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="N31">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Y31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC31">
         <v>3</v>
       </c>
       <c r="AD31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF31">
         <v>3</v>
       </c>
       <c r="AG31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AJ31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AK31">
         <v>3</v>
       </c>
       <c r="AL31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>T31</v>
       </c>
       <c r="B32">
         <v>31</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
       <c r="D32">
         <v>2</v>
       </c>
       <c r="E32" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F32" t="str">
-        <v>16</v>
+        <v>T23</v>
       </c>
       <c r="G32">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H32" t="str">
         <v>Joshua Kent</v>
       </c>
       <c r="I32">
         <v>1</v>
       </c>
       <c r="J32">
         <v>77</v>
       </c>
       <c r="K32">
         <v>111585</v>
       </c>
       <c r="L32" t="str">
         <v>joshkent81</v>
       </c>
       <c r="M32">
         <v>1</v>
       </c>
       <c r="N32">
         <v>77</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
@@ -4154,57 +4154,57 @@
       </c>
       <c r="AJ32">
         <v>4</v>
       </c>
       <c r="AK32">
         <v>3</v>
       </c>
       <c r="AL32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>T31</v>
       </c>
       <c r="B33">
         <v>31</v>
       </c>
       <c r="C33">
         <v>3</v>
       </c>
       <c r="D33">
         <v>-6</v>
       </c>
       <c r="E33" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F33" t="str">
-        <v>T23</v>
+        <v>T34</v>
       </c>
       <c r="G33">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="H33" t="str">
         <v>Damon Padgett</v>
       </c>
       <c r="I33">
         <v>9</v>
       </c>
       <c r="J33">
         <v>85</v>
       </c>
       <c r="K33">
         <v>127836</v>
       </c>
       <c r="L33" t="str">
         <v>damapadgett</v>
       </c>
       <c r="M33">
         <v>9</v>
       </c>
       <c r="N33">
         <v>85</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
@@ -4270,57 +4270,57 @@
       </c>
       <c r="AJ33">
         <v>4</v>
       </c>
       <c r="AK33">
         <v>3</v>
       </c>
       <c r="AL33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>T31</v>
       </c>
       <c r="B34">
         <v>31</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34">
         <v>-6</v>
       </c>
       <c r="E34" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F34" t="str">
-        <v>T23</v>
+        <v>T34</v>
       </c>
       <c r="G34">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="H34" t="str">
         <v>Jess Griffin</v>
       </c>
       <c r="I34">
         <v>9</v>
       </c>
       <c r="J34">
         <v>85</v>
       </c>
       <c r="K34">
         <v>296808</v>
       </c>
       <c r="L34" t="str">
         <v>jessg904</v>
       </c>
       <c r="M34">
         <v>9</v>
       </c>
       <c r="N34">
         <v>85</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
@@ -4389,54 +4389,54 @@
       </c>
       <c r="AK34">
         <v>3</v>
       </c>
       <c r="AL34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>T34</v>
       </c>
       <c r="B35">
         <v>34</v>
       </c>
       <c r="C35">
         <v>5</v>
       </c>
       <c r="D35">
         <v>2</v>
       </c>
       <c r="E35" t="str">
         <v>GEN</v>
       </c>
       <c r="F35" t="str">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="G35">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="H35" t="str">
         <v>Javi Lee</v>
       </c>
       <c r="I35">
         <v>3</v>
       </c>
       <c r="J35">
         <v>79</v>
       </c>
       <c r="K35">
         <v>267399</v>
       </c>
       <c r="L35" t="str">
         <v>javilee98</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>79</v>
       </c>
       <c r="O35">
         <v>2</v>
       </c>
@@ -4502,57 +4502,57 @@
       </c>
       <c r="AJ35">
         <v>4</v>
       </c>
       <c r="AK35">
         <v>3</v>
       </c>
       <c r="AL35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>T34</v>
       </c>
       <c r="B36">
         <v>34</v>
       </c>
       <c r="C36">
         <v>5</v>
       </c>
       <c r="D36">
         <v>-1</v>
       </c>
       <c r="E36" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F36" t="str">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G36">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="H36" t="str">
         <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="I36">
         <v>6</v>
       </c>
       <c r="J36">
         <v>82</v>
       </c>
       <c r="L36" t="str">
         <v>tibsena</v>
       </c>
       <c r="M36">
         <v>6</v>
       </c>
       <c r="N36">
         <v>82</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>4</v>
       </c>
@@ -4615,57 +4615,57 @@
       </c>
       <c r="AJ36">
         <v>4</v>
       </c>
       <c r="AK36">
         <v>4</v>
       </c>
       <c r="AL36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>T34</v>
       </c>
       <c r="B37">
         <v>34</v>
       </c>
       <c r="C37">
         <v>5</v>
       </c>
       <c r="D37">
         <v>-2</v>
       </c>
       <c r="E37" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="F37" t="str">
-        <v>22</v>
+        <v>T31</v>
       </c>
       <c r="G37">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H37" t="str">
         <v>Clifton Suede</v>
       </c>
       <c r="I37">
         <v>7</v>
       </c>
       <c r="J37">
         <v>83</v>
       </c>
       <c r="L37" t="str">
         <v>cliffysuede</v>
       </c>
       <c r="M37">
         <v>7</v>
       </c>
       <c r="N37">
         <v>83</v>
       </c>
       <c r="O37">
         <v>4</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
@@ -4731,54 +4731,54 @@
       </c>
       <c r="AK37">
         <v>3</v>
       </c>
       <c r="AL37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>37</v>
       </c>
       <c r="C38">
         <v>9</v>
       </c>
       <c r="D38">
         <v>-3</v>
       </c>
       <c r="E38" t="str">
         <v>GEN</v>
       </c>
       <c r="F38" t="str">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G38">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="H38" t="str">
         <v>William Gazzola</v>
       </c>
       <c r="I38">
         <v>12</v>
       </c>
       <c r="J38">
         <v>88</v>
       </c>
       <c r="K38">
         <v>100996</v>
       </c>
       <c r="L38" t="str">
         <v>wgazzola</v>
       </c>
       <c r="M38">
         <v>12</v>
       </c>
       <c r="N38">
         <v>88</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
@@ -4847,54 +4847,54 @@
       </c>
       <c r="AK38">
         <v>3</v>
       </c>
       <c r="AL38">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>38</v>
       </c>
       <c r="C39">
         <v>10</v>
       </c>
       <c r="D39">
         <v>-6</v>
       </c>
       <c r="E39" t="str">
         <v>GEN</v>
       </c>
       <c r="F39" t="str">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G39">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="H39" t="str">
         <v>Todd Golden</v>
       </c>
       <c r="I39">
         <v>16</v>
       </c>
       <c r="J39">
         <v>92</v>
       </c>
       <c r="K39">
         <v>241051</v>
       </c>
       <c r="L39" t="str">
         <v>goldenhorde</v>
       </c>
       <c r="M39">
         <v>16</v>
       </c>
       <c r="N39">
         <v>92</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
@@ -4963,54 +4963,54 @@
       </c>
       <c r="AK39">
         <v>3</v>
       </c>
       <c r="AL39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
         <v>39</v>
       </c>
       <c r="C40">
         <v>15</v>
       </c>
       <c r="D40">
         <v>-14</v>
       </c>
       <c r="E40" t="str">
         <v>GEN</v>
       </c>
       <c r="F40" t="str">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G40">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="H40" t="str">
         <v xml:space="preserve">Dan Phipps </v>
       </c>
       <c r="I40">
         <v>29</v>
       </c>
       <c r="J40">
         <v>105</v>
       </c>
       <c r="L40" t="str">
         <v>danfibbs98</v>
       </c>
       <c r="M40">
         <v>29</v>
       </c>
       <c r="N40">
         <v>105</v>
       </c>
       <c r="O40">
         <v>5</v>
       </c>
       <c r="P40">
         <v>4</v>
       </c>
@@ -5057,84 +5057,55 @@
         <v>4</v>
       </c>
       <c r="AE40">
         <v>5</v>
       </c>
       <c r="AF40">
         <v>4</v>
       </c>
       <c r="AG40">
         <v>4</v>
       </c>
       <c r="AH40">
         <v>5</v>
       </c>
       <c r="AI40">
         <v>5</v>
       </c>
       <c r="AJ40">
         <v>5</v>
       </c>
       <c r="AK40">
         <v>3</v>
       </c>
       <c r="AL40">
         <v>3</v>
-      </c>
-[...27 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AL41"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AL40"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 