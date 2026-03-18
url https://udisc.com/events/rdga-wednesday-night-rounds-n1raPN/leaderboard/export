--- v0 (2025-10-20)
+++ v1 (2026-03-18)
@@ -1570,50 +1570,53 @@
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA2</v>
       </c>
       <c r="B13" t="str">
         <v>3</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13" t="str">
         <v>Luke Johnson</v>
       </c>
       <c r="E13">
         <v>8</v>
       </c>
       <c r="F13">
         <v>71</v>
       </c>
+      <c r="G13">
+        <v>319349</v>
+      </c>
       <c r="H13" t="str">
         <v>lbjohnson987</v>
       </c>
       <c r="I13">
         <v>8</v>
       </c>
       <c r="J13">
         <v>71</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>6</v>
       </c>
       <c r="P13">
@@ -1839,50 +1842,53 @@
       <c r="AC15">
         <v>5</v>
       </c>
       <c r="AD15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>6</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>AJ Kurkowski</v>
       </c>
       <c r="E16">
         <v>14</v>
       </c>
       <c r="F16">
         <v>77</v>
+      </c>
+      <c r="G16">
+        <v>319348</v>
       </c>
       <c r="H16" t="str">
         <v>heyjk9</v>
       </c>
       <c r="I16">
         <v>14</v>
       </c>
       <c r="J16">
         <v>77</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>