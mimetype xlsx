--- v0 (2025-11-16)
+++ v1 (2026-03-18)
@@ -1843,50 +1843,53 @@
         <v>3</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
         <v>8</v>
       </c>
       <c r="C16">
         <v>8</v>
       </c>
       <c r="D16" t="str">
         <v>Luke Johnson</v>
       </c>
       <c r="E16">
         <v>10</v>
       </c>
       <c r="F16">
         <v>74</v>
       </c>
+      <c r="G16">
+        <v>319349</v>
+      </c>
       <c r="H16" t="str">
         <v>lbjohnson987</v>
       </c>
       <c r="I16">
         <v>10</v>
       </c>
       <c r="J16">
         <v>74</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
@@ -1931,50 +1934,53 @@
       <c r="AC16">
         <v>2</v>
       </c>
       <c r="AD16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
         <v>9</v>
       </c>
       <c r="C17">
         <v>9</v>
       </c>
       <c r="D17" t="str">
         <v>AJ Kurkowski</v>
       </c>
       <c r="E17">
         <v>11</v>
       </c>
       <c r="F17">
         <v>75</v>
+      </c>
+      <c r="G17">
+        <v>319348</v>
       </c>
       <c r="H17" t="str">
         <v>heyjk9</v>
       </c>
       <c r="I17">
         <v>11</v>
       </c>
       <c r="J17">
         <v>75</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>5</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>