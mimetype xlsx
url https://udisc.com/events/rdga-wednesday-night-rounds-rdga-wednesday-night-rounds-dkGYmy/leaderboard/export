--- v0 (2025-10-20)
+++ v1 (2026-03-18)
@@ -1294,50 +1294,53 @@
         <v>5</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA2</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Luke Johnson</v>
       </c>
       <c r="E10">
         <v>7</v>
       </c>
       <c r="F10">
         <v>70</v>
       </c>
+      <c r="G10">
+        <v>319349</v>
+      </c>
       <c r="H10" t="str">
         <v>lbjohnson987</v>
       </c>
       <c r="I10">
         <v>7</v>
       </c>
       <c r="J10">
         <v>70</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>5</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
@@ -1474,50 +1477,53 @@
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>AJ Kurkowski</v>
       </c>
       <c r="E12">
         <v>10</v>
       </c>
       <c r="F12">
         <v>73</v>
+      </c>
+      <c r="G12">
+        <v>319348</v>
       </c>
       <c r="H12" t="str">
         <v>heyjk9</v>
       </c>
       <c r="I12">
         <v>10</v>
       </c>
       <c r="J12">
         <v>73</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>