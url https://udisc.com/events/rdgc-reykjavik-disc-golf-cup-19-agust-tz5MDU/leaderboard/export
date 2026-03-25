--- v0 (2025-10-06)
+++ v1 (2026-03-25)
@@ -2871,50 +2871,53 @@
         <v>5</v>
       </c>
       <c r="AB28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA2</v>
       </c>
       <c r="B29" t="str">
         <v>6</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29" t="str">
         <v>Arnþór Ingi Ingvason</v>
       </c>
       <c r="E29">
         <v>14</v>
       </c>
       <c r="F29">
         <v>71</v>
       </c>
+      <c r="G29">
+        <v>323063</v>
+      </c>
       <c r="H29" t="str">
         <v>arnthor</v>
       </c>
       <c r="I29">
         <v>14</v>
       </c>
       <c r="J29">
         <v>71</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>6</v>
       </c>
       <c r="P29">