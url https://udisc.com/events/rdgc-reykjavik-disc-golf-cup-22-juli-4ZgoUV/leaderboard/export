--- v0 (2025-10-06)
+++ v1 (2025-11-18)
@@ -4107,50 +4107,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Bergur Karvelsson</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>68</v>
       </c>
+      <c r="G7">
+        <v>316307</v>
+      </c>
       <c r="H7" t="str">
         <v>bergur2006</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7">
         <v>68</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>5</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>5</v>
       </c>
       <c r="P7">
@@ -4444,50 +4447,53 @@
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>FA2</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Tori Lynn</v>
       </c>
       <c r="E11">
         <v>22</v>
       </c>
       <c r="F11">
         <v>80</v>
+      </c>
+      <c r="G11">
+        <v>316308</v>
       </c>
       <c r="H11" t="str">
         <v>torilynn2005</v>
       </c>
       <c r="I11">
         <v>22</v>
       </c>
       <c r="J11">
         <v>80</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
       <c r="L11">
         <v>5</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>6</v>
       </c>