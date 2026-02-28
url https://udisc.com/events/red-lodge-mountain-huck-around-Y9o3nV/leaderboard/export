--- v0 (2025-12-07)
+++ v1 (2026-02-28)
@@ -3167,50 +3167,53 @@
         <v>3</v>
       </c>
       <c r="AB33">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>SENIOR</v>
       </c>
       <c r="B34" t="str">
         <v>2</v>
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34" t="str">
         <v>Tom Kohley</v>
       </c>
       <c r="E34">
         <v>13</v>
       </c>
       <c r="F34">
         <v>71</v>
       </c>
+      <c r="G34">
+        <v>298572</v>
+      </c>
       <c r="H34" t="str">
         <v>twkohley</v>
       </c>
       <c r="I34">
         <v>13</v>
       </c>
       <c r="J34">
         <v>71</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>5</v>
       </c>
       <c r="M34">
         <v>4</v>
       </c>
       <c r="N34">
         <v>4</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>
       <c r="P34">