--- v0 (2026-02-16)
+++ v1 (2026-03-14)
@@ -1331,50 +1331,53 @@
         <v>3</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Erica Wright</v>
       </c>
       <c r="E11">
         <v>4</v>
       </c>
       <c r="F11">
         <v>61</v>
       </c>
+      <c r="G11">
+        <v>320023</v>
+      </c>
       <c r="H11" t="str">
         <v>ericawright</v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="J11">
         <v>61</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">