--- v0 (2025-12-19)
+++ v1 (2026-03-14)
@@ -984,50 +984,53 @@
         <v>3</v>
       </c>
       <c r="AC6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Erica Wright</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>67</v>
       </c>
+      <c r="G7">
+        <v>320023</v>
+      </c>
       <c r="H7" t="str">
         <v>ericawright</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7">
         <v>67</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">