--- v0 (2025-11-09)
+++ v1 (2025-12-19)
@@ -934,50 +934,53 @@
         <v>3</v>
       </c>
       <c r="T8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E9">
         <v>9</v>
       </c>
       <c r="F9">
         <v>39</v>
       </c>
+      <c r="G9">
+        <v>297917</v>
+      </c>
       <c r="H9" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I9">
         <v>9</v>
       </c>
       <c r="J9">
         <v>39</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">