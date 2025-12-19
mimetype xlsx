--- v0 (2025-11-09)
+++ v1 (2025-12-19)
@@ -926,155 +926,158 @@
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Earl P</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>31</v>
       </c>
+      <c r="G9">
+        <v>297917</v>
+      </c>
       <c r="H9" t="str">
-        <v>discgolf84</v>
+        <v>lifegibson</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>31</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Life Gibson</v>
+        <v>Earl P</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>31</v>
       </c>
       <c r="H10" t="str">
-        <v>lifegibson</v>
+        <v>discgolf84</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>31</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Scott Henricks</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>32</v>
       </c>
       <c r="H11" t="str">
         <v>skotih</v>
       </c>
       <c r="I11">