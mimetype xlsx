--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -808,155 +808,158 @@
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>5</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Jorge Contreras</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>32</v>
       </c>
+      <c r="G7">
+        <v>297917</v>
+      </c>
       <c r="H7" t="str">
-        <v>jorgecon88</v>
+        <v>lifegibson</v>
       </c>
       <c r="I7">
         <v>2</v>
       </c>
       <c r="J7">
         <v>32</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
-        <v>Life Gibson</v>
+        <v>Jorge Contreras</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
       <c r="F8">
         <v>32</v>
       </c>
       <c r="H8" t="str">
-        <v>lifegibson</v>
+        <v>jorgecon88</v>
       </c>
       <c r="I8">
         <v>2</v>
       </c>
       <c r="J8">
         <v>32</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O8">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Sean revenko</v>
       </c>
       <c r="E9">
         <v>12</v>
       </c>
       <c r="F9">
         <v>42</v>
       </c>
       <c r="H9" t="str">
         <v>srevenko</v>
       </c>
       <c r="I9">