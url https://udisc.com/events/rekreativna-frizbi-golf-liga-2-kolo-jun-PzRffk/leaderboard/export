--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -2400,51 +2400,51 @@
       <c r="A23" t="str">
         <v>MPO</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Denis Beciric</v>
       </c>
       <c r="E23">
         <v>11</v>
       </c>
       <c r="F23">
         <v>70</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23">
         <v>265367</v>
       </c>
       <c r="I23" t="str">
-        <v>denisbecirc</v>
+        <v>denisbeciric</v>
       </c>
       <c r="J23">
         <v>11</v>
       </c>
       <c r="K23">
         <v>70</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>4</v>
       </c>