--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -2934,51 +2934,51 @@
       <c r="A29" t="str">
         <v>MPO</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Denis Beciric</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29">
         <v>69</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
         <v>265367</v>
       </c>
       <c r="I29" t="str">
-        <v>denisbecirc</v>
+        <v>denisbeciric</v>
       </c>
       <c r="J29">
         <v>10</v>
       </c>
       <c r="K29">
         <v>69</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>5</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>4</v>
       </c>
@@ -9550,51 +9550,51 @@
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>MPO</v>
       </c>
       <c r="B106" t="str">
         <v>DUP</v>
       </c>
       <c r="D106" t="str">
         <v>Denis Beciric</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
         <v>70</v>
       </c>
       <c r="G106">
         <v>3</v>
       </c>
       <c r="H106">
         <v>265367</v>
       </c>
       <c r="I106" t="str">
-        <v>denisbecirc</v>
+        <v>denisbeciric</v>
       </c>
       <c r="J106">
         <v>11</v>
       </c>
       <c r="K106">
         <v>70</v>
       </c>
       <c r="L106">
         <v>3</v>
       </c>
       <c r="M106">
         <v>3</v>
       </c>
       <c r="N106">
         <v>3</v>
       </c>
       <c r="O106">
         <v>4</v>
       </c>
       <c r="P106">
         <v>3</v>
       </c>
       <c r="Q106">
         <v>3</v>
       </c>
@@ -9636,51 +9636,51 @@
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>MPO</v>
       </c>
       <c r="B107" t="str">
         <v>DUP</v>
       </c>
       <c r="D107" t="str">
         <v>Denis Beciric</v>
       </c>
       <c r="E107">
         <v>13</v>
       </c>
       <c r="F107">
         <v>72</v>
       </c>
       <c r="G107">
         <v>2</v>
       </c>
       <c r="H107">
         <v>265367</v>
       </c>
       <c r="I107" t="str">
-        <v>denisbecirc</v>
+        <v>denisbeciric</v>
       </c>
       <c r="J107">
         <v>13</v>
       </c>
       <c r="K107">
         <v>72</v>
       </c>
       <c r="L107">
         <v>4</v>
       </c>
       <c r="M107">
         <v>3</v>
       </c>
       <c r="N107">
         <v>4</v>
       </c>
       <c r="O107">
         <v>3</v>
       </c>
       <c r="P107">
         <v>4</v>
       </c>
       <c r="Q107">
         <v>3</v>
       </c>