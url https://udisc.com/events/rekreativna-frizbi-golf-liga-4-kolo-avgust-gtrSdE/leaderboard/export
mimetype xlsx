--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -2848,51 +2848,51 @@
       <c r="A28" t="str">
         <v>MPO</v>
       </c>
       <c r="B28" t="str">
         <v>27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Denis Beciric</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>65</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28">
         <v>265367</v>
       </c>
       <c r="I28" t="str">
-        <v>denisbecirc</v>
+        <v>denisbeciric</v>
       </c>
       <c r="J28">
         <v>7</v>
       </c>
       <c r="K28">
         <v>65</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>4</v>
       </c>
       <c r="Q28">
         <v>4</v>
       </c>