--- v0 (2025-11-10)
+++ v1 (2026-03-31)
@@ -1524,50 +1524,53 @@
       </c>
       <c r="C13">
         <v>-1</v>
       </c>
       <c r="D13">
         <v>-2</v>
       </c>
       <c r="E13" t="str">
         <v>FUN</v>
       </c>
       <c r="F13" t="str">
         <v>2</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="str">
         <v>Jackson Campbell</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>47</v>
       </c>
+      <c r="K13">
+        <v>319743</v>
+      </c>
       <c r="L13" t="str">
         <v>jackcampbell</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13">
         <v>47</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">