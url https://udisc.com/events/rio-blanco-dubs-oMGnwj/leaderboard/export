--- v0 (2025-10-21)
+++ v1 (2025-11-11)
@@ -625,366 +625,363 @@
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Steve Bell</v>
+        <v>Ryan Carothers</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H3" t="str">
-        <v>stevebell</v>
+        <v>j33plife</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
+      <c r="U3">
+        <v>3</v>
+      </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Ryan Carothers</v>
+        <v>Wook</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
       <c r="H4" t="str">
-        <v>j33plife</v>
+        <v>wookie</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T2</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Wook</v>
+        <v>Chris Young</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H5" t="str">
-        <v>wookie</v>
+        <v>cdyphoenix</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J5">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Chris Young</v>
+        <v>Steve Bell</v>
       </c>
       <c r="E6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F6">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="H6" t="str">
-        <v>cdyphoenix</v>
+        <v>stevebell</v>
       </c>
       <c r="I6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J6">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
-      <c r="U6">
-[...1 lines deleted...]
-      </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>