--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -1422,51 +1422,51 @@
       </c>
     </row>
     <row r="11">
       <c r="C11">
         <v>-4</v>
       </c>
       <c r="D11">
         <v>-4</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>DNF</v>
       </c>
       <c r="H11" t="str">
         <v>Michael Pena</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>29</v>
       </c>
       <c r="L11" t="str">
-        <v>wildernessruss</v>
+        <v>wattwasthat</v>
       </c>
       <c r="M11">
         <v>0</v>
       </c>
       <c r="N11">
         <v>29</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>