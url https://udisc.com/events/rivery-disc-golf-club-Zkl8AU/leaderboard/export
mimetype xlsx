--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -1526,51 +1526,51 @@
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>11</v>
       </c>
       <c r="G12">
         <v>11</v>
       </c>
       <c r="H12" t="str">
         <v>Michael Pena</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
       <c r="L12" t="str">
-        <v>wildernessruss</v>
+        <v>wattwasthat</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>63</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>