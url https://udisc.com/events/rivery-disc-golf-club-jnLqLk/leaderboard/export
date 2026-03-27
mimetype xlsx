--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -1433,50 +1433,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="C11">
         <v>-1</v>
       </c>
       <c r="D11">
         <v>-1</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>DNF</v>
       </c>
       <c r="H11" t="str">
         <v>Jimmy Muhich</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>29</v>
       </c>
+      <c r="K11">
+        <v>322340</v>
+      </c>
       <c r="L11" t="str">
         <v>jimmymuhich</v>
       </c>
       <c r="M11">
         <v>0</v>
       </c>
       <c r="N11">
         <v>29</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>5</v>
       </c>
       <c r="S11">
         <v>2</v>
       </c>
       <c r="T11">