--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -1048,51 +1048,51 @@
       </c>
     </row>
     <row r="7">
       <c r="C7">
         <v>-4</v>
       </c>
       <c r="D7">
         <v>-4</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>DNF</v>
       </c>
       <c r="H7" t="str">
         <v>Michael Pena</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="L7" t="str">
-        <v>wildernessruss</v>
+        <v>wattwasthat</v>
       </c>
       <c r="M7">
         <v>0</v>
       </c>
       <c r="N7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>DNF</v>
       </c>
       <c r="H8" t="str">
         <v>David hernandez</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="L8" t="str">