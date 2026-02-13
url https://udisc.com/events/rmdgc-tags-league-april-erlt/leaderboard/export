--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -1778,340 +1778,343 @@
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
       <c r="AG13">
         <v>4</v>
       </c>
       <c r="AH13">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Clayton Maitland</v>
+        <v>Rob Berry</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
         <v>74</v>
       </c>
+      <c r="G14">
+        <v>315818</v>
+      </c>
       <c r="H14" t="str">
-        <v>claytonmaitland</v>
+        <v>robertberry</v>
       </c>
       <c r="I14">
         <v>2</v>
       </c>
       <c r="J14">
         <v>74</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>4</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>4</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+      <c r="AC14">
+        <v>4</v>
+      </c>
+      <c r="AD14">
+        <v>3</v>
+      </c>
+      <c r="AE14">
+        <v>2</v>
+      </c>
+      <c r="AF14">
+        <v>4</v>
+      </c>
+      <c r="AG14">
+        <v>2</v>
+      </c>
+      <c r="AH14">
         <v>5</v>
-      </c>
-[...37 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Paul Reese</v>
+        <v>Clayton Maitland</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>74</v>
       </c>
       <c r="H15" t="str">
-        <v>gamewraith</v>
+        <v>claytonmaitland</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
       <c r="J15">
         <v>74</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S15">
         <v>2</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH15">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Rob Berry</v>
+        <v>Paul Reese</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>74</v>
       </c>
       <c r="H16" t="str">
-        <v>robertberry</v>
+        <v>gamewraith</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>74</v>
       </c>
       <c r="K16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD16">
         <v>3</v>
       </c>
       <c r="AE16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF16">
         <v>4</v>
       </c>
       <c r="AG16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH16">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA1</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Steve Hymers</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>75</v>
       </c>
       <c r="H17" t="str">
         <v>oooton</v>
       </c>
       <c r="I17">