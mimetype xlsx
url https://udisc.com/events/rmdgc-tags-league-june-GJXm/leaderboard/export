--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -1290,50 +1290,53 @@
         <v>3</v>
       </c>
       <c r="AH8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Rob Berry</v>
       </c>
       <c r="E9">
         <v>-4</v>
       </c>
       <c r="F9">
         <v>68</v>
       </c>
+      <c r="G9">
+        <v>315818</v>
+      </c>
       <c r="H9" t="str">
         <v>robertberry</v>
       </c>
       <c r="I9">
         <v>-4</v>
       </c>
       <c r="J9">
         <v>68</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">