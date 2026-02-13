--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -2214,50 +2214,53 @@
         <v>3</v>
       </c>
       <c r="AH17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA1</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Rob Berry</v>
       </c>
       <c r="E18">
         <v>5</v>
       </c>
       <c r="F18">
         <v>77</v>
       </c>
+      <c r="G18">
+        <v>315818</v>
+      </c>
       <c r="H18" t="str">
         <v>robertberry</v>
       </c>
       <c r="I18">
         <v>5</v>
       </c>
       <c r="J18">
         <v>77</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">