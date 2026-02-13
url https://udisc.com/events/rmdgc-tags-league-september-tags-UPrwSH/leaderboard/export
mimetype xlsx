--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -1310,50 +1310,53 @@
         <v>3</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Rob Berry</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>65</v>
       </c>
+      <c r="G10">
+        <v>315818</v>
+      </c>
       <c r="H10" t="str">
         <v>robertberry</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>65</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
@@ -1778,50 +1781,53 @@
       <c r="AD14">
         <v>4</v>
       </c>
       <c r="AE14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Ken May</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>72</v>
+      </c>
+      <c r="G15">
+        <v>317904</v>
       </c>
       <c r="H15" t="str">
         <v>cdnmayhem</v>
       </c>
       <c r="I15">
         <v>7</v>
       </c>
       <c r="J15">
         <v>72</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>