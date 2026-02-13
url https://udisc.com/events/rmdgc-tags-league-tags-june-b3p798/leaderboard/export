--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -1077,239 +1077,242 @@
       </c>
       <c r="AE6">
         <v>2</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
       <c r="AG6">
         <v>2</v>
       </c>
       <c r="AH6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Bey Bickerton</v>
+        <v>Rob Berry</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>70</v>
       </c>
+      <c r="G7">
+        <v>315818</v>
+      </c>
       <c r="H7" t="str">
-        <v>bohampscious</v>
+        <v>robertberry</v>
       </c>
       <c r="I7">
         <v>-2</v>
       </c>
       <c r="J7">
         <v>70</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
       <c r="AH7">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Rob Berry</v>
+        <v>Bey Bickerton</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>70</v>
       </c>
       <c r="H8" t="str">
-        <v>robertberry</v>
+        <v>bohampscious</v>
       </c>
       <c r="I8">
         <v>-2</v>
       </c>
       <c r="J8">
         <v>70</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>2</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>2</v>
+      </c>
+      <c r="T8">
+        <v>2</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>2</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
         <v>5</v>
       </c>
-      <c r="M8">
-[...40 lines deleted...]
-      </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
       <c r="AE8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG8">
         <v>3</v>
       </c>
       <c r="AH8">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>James Kanders</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>71</v>
       </c>
       <c r="G9">
         <v>266262</v>
       </c>
       <c r="H9" t="str">