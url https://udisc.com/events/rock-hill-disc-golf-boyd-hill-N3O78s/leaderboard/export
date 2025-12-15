--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -3177,50 +3177,53 @@
         <v>4</v>
       </c>
       <c r="AB32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>Guest</v>
       </c>
       <c r="B33" t="str">
         <v>T11</v>
       </c>
       <c r="C33">
         <v>11</v>
       </c>
       <c r="D33" t="str">
         <v>Roger Green</v>
       </c>
       <c r="E33">
         <v>6</v>
       </c>
       <c r="F33">
         <v>60</v>
       </c>
+      <c r="G33">
+        <v>289826</v>
+      </c>
       <c r="H33" t="str">
         <v>rogeeg</v>
       </c>
       <c r="I33">
         <v>6</v>
       </c>
       <c r="J33">
         <v>60</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>4</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">