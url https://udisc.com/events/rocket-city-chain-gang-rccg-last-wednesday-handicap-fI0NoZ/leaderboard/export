--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1494,51 +1494,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T9</v>
       </c>
       <c r="C13">
         <v>9</v>
       </c>
       <c r="D13" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>51</v>
       </c>
       <c r="G13">
         <v>124064</v>
       </c>
       <c r="H13" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>51</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -5624,206 +5624,209 @@
       </c>
       <c r="Y61">
         <v>4</v>
       </c>
       <c r="Z61">
         <v>3</v>
       </c>
       <c r="AA61">
         <v>3</v>
       </c>
       <c r="AB61">
         <v>2</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>GEN</v>
       </c>
       <c r="B62" t="str">
         <v>T60</v>
       </c>
       <c r="C62">
         <v>60</v>
       </c>
       <c r="D62" t="str">
-        <v xml:space="preserve">Ryan Erwin </v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E62">
         <v>9</v>
       </c>
       <c r="F62">
         <v>63</v>
       </c>
       <c r="G62">
-        <v>298843</v>
+        <v>272650</v>
       </c>
       <c r="H62" t="str">
-        <v>artonrye</v>
+        <v>scottdedman</v>
       </c>
       <c r="I62">
         <v>9</v>
       </c>
       <c r="J62">
         <v>63</v>
       </c>
       <c r="K62">
         <v>4</v>
       </c>
       <c r="L62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M62">
         <v>4</v>
       </c>
       <c r="N62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q62">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U62">
         <v>3</v>
       </c>
       <c r="V62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W62">
         <v>3</v>
       </c>
       <c r="X62">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y62">
         <v>4</v>
       </c>
       <c r="Z62">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA62">
         <v>3</v>
       </c>
       <c r="AB62">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>GEN</v>
       </c>
       <c r="B63" t="str">
         <v>T60</v>
       </c>
       <c r="C63">
         <v>60</v>
       </c>
       <c r="D63" t="str">
-        <v>Scott Dedman</v>
+        <v xml:space="preserve">Ryan Erwin </v>
       </c>
       <c r="E63">
         <v>9</v>
       </c>
       <c r="F63">
         <v>63</v>
       </c>
+      <c r="G63">
+        <v>298843</v>
+      </c>
       <c r="H63" t="str">
-        <v>forbosis</v>
+        <v>artonrye</v>
       </c>
       <c r="I63">
         <v>9</v>
       </c>
       <c r="J63">
         <v>63</v>
       </c>
       <c r="K63">
         <v>4</v>
       </c>
       <c r="L63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M63">
         <v>4</v>
       </c>
       <c r="N63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q63">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U63">
         <v>3</v>
       </c>
       <c r="V63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W63">
         <v>3</v>
       </c>
       <c r="X63">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y63">
         <v>4</v>
       </c>
       <c r="Z63">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA63">
         <v>3</v>
       </c>
       <c r="AB63">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>GEN</v>
       </c>
       <c r="B64" t="str">
         <v>T63</v>
       </c>
       <c r="C64">
         <v>63</v>
       </c>
       <c r="D64" t="str">
         <v>Josh Templet</v>
       </c>
       <c r="E64">
         <v>10</v>
       </c>
       <c r="F64">
         <v>64</v>
       </c>
       <c r="G64">
         <v>293804</v>
       </c>
       <c r="H64" t="str">