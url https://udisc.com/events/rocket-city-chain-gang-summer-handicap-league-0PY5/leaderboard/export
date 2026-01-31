--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1350,51 +1350,51 @@
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>49</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <v>124064</v>
       </c>
       <c r="I11" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J11">
         <v>-5</v>
       </c>
       <c r="K11">
         <v>49</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>2</v>
       </c>
@@ -3533,719 +3533,722 @@
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
         <v>4</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
       <c r="AC35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T33</v>
       </c>
       <c r="C36">
         <v>33</v>
       </c>
       <c r="D36" t="str">
-        <v>Josh Templet</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E36">
         <v>1</v>
       </c>
       <c r="F36">
         <v>55</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
-        <v>293804</v>
+        <v>272650</v>
       </c>
       <c r="I36" t="str">
-        <v>jtemplet9</v>
+        <v>scottdedman</v>
       </c>
       <c r="J36">
         <v>1</v>
       </c>
       <c r="K36">
         <v>55</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
       <c r="AC36">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T33</v>
       </c>
       <c r="C37">
         <v>33</v>
       </c>
       <c r="D37" t="str">
-        <v>Jeremy cook</v>
+        <v>Josh Templet</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
         <v>55</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
+      <c r="H37">
+        <v>293804</v>
+      </c>
       <c r="I37" t="str">
-        <v>snailtrail420</v>
+        <v>jtemplet9</v>
       </c>
       <c r="J37">
         <v>1</v>
       </c>
       <c r="K37">
         <v>55</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S37">
         <v>2</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC37">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T33</v>
       </c>
       <c r="C38">
         <v>33</v>
       </c>
       <c r="D38" t="str">
-        <v xml:space="preserve">John Frederick </v>
+        <v>Jeremy cook</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
         <v>55</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="I38" t="str">
-        <v>johnfreddy</v>
+        <v>snailtrail420</v>
       </c>
       <c r="J38">
         <v>1</v>
       </c>
       <c r="K38">
         <v>55</v>
       </c>
       <c r="L38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N38">
+        <v>3</v>
+      </c>
+      <c r="O38">
+        <v>3</v>
+      </c>
+      <c r="P38">
+        <v>2</v>
+      </c>
+      <c r="Q38">
         <v>5</v>
       </c>
-      <c r="O38">
-[...7 lines deleted...]
-      </c>
       <c r="R38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC38">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T33</v>
       </c>
       <c r="C39">
         <v>33</v>
       </c>
       <c r="D39" t="str">
-        <v>Josh Power</v>
+        <v xml:space="preserve">John Frederick </v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>55</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
       <c r="I39" t="str">
-        <v>jpower420</v>
+        <v>johnfreddy</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39">
         <v>55</v>
       </c>
       <c r="L39">
+        <v>3</v>
+      </c>
+      <c r="M39">
+        <v>2</v>
+      </c>
+      <c r="N39">
         <v>5</v>
       </c>
-      <c r="M39">
-[...4 lines deleted...]
-      </c>
       <c r="O39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
       <c r="AC39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T33</v>
       </c>
       <c r="C40">
         <v>33</v>
       </c>
       <c r="D40" t="str">
-        <v>Joshua Browne</v>
+        <v>Josh Power</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
         <v>55</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="I40" t="str">
-        <v>jbrowne</v>
+        <v>jpower420</v>
       </c>
       <c r="J40">
         <v>1</v>
       </c>
       <c r="K40">
         <v>55</v>
       </c>
       <c r="L40">
         <v>5</v>
       </c>
       <c r="M40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
         <v>3</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
       <c r="AC40">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T33</v>
       </c>
       <c r="C41">
         <v>33</v>
       </c>
       <c r="D41" t="str">
-        <v xml:space="preserve">Luke Thompson </v>
+        <v>Joshua Browne</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41">
         <v>1</v>
       </c>
       <c r="I41" t="str">
-        <v>lukethompson</v>
+        <v>jbrowne</v>
       </c>
       <c r="J41">
         <v>1</v>
       </c>
       <c r="K41">
         <v>55</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R41">
         <v>4</v>
       </c>
       <c r="S41">
         <v>3</v>
       </c>
       <c r="T41">
         <v>2</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
         <v>2</v>
       </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
         <v>3</v>
       </c>
       <c r="Z41">
         <v>3</v>
       </c>
       <c r="AA41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC41">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T33</v>
       </c>
       <c r="C42">
         <v>33</v>
       </c>
       <c r="D42" t="str">
-        <v>Ross Parker</v>
+        <v xml:space="preserve">Luke Thompson </v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>55</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="I42" t="str">
-        <v>nerfer1</v>
+        <v>lukethompson</v>
       </c>
       <c r="J42">
         <v>1</v>
       </c>
       <c r="K42">
         <v>55</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>4</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
         <v>4</v>
       </c>
       <c r="R42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>T33</v>
       </c>
       <c r="C43">
         <v>33</v>
       </c>
       <c r="D43" t="str">
-        <v>Scott Dedman</v>
+        <v>Ross Parker</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>55</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="I43" t="str">
-        <v>forbosis</v>
+        <v>nerfer1</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43">
         <v>55</v>
       </c>
       <c r="L43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M43">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O43">
         <v>4</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V43">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y43">
         <v>2</v>
       </c>
       <c r="Z43">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
       <c r="AC43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T33</v>
       </c>
       <c r="C44">
         <v>33</v>
       </c>
       <c r="D44" t="str">
         <v>Sean Stringer</v>
       </c>
       <c r="E44">