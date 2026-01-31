--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -2851,51 +2851,51 @@
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E28">
         <v>-1</v>
       </c>
       <c r="F28">
         <v>53</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28">
         <v>124064</v>
       </c>
       <c r="I28" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J28">
         <v>-1</v>
       </c>
       <c r="K28">
         <v>53</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>6</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>4</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
@@ -3805,52 +3805,55 @@
         <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T38</v>
       </c>
       <c r="C39">
         <v>38</v>
       </c>
       <c r="D39" t="str">
         <v>Scott Dedman</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>55</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
+      <c r="H39">
+        <v>272650</v>
+      </c>
       <c r="I39" t="str">
-        <v>forbosis</v>
+        <v>scottdedman</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39">
         <v>55</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>4</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>2</v>
       </c>
       <c r="Q39">
         <v>3</v>
       </c>