--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1620,51 +1620,51 @@
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E14">
         <v>-5</v>
       </c>
       <c r="F14">
         <v>49</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14">
         <v>124064</v>
       </c>
       <c r="I14" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J14">
         <v>-5</v>
       </c>
       <c r="K14">
         <v>49</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
@@ -4239,295 +4239,298 @@
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
       <c r="AC43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T40</v>
       </c>
       <c r="C44">
         <v>40</v>
       </c>
       <c r="D44" t="str">
-        <v>Kaleb Harbin</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
         <v>55</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
+      <c r="H44">
+        <v>272650</v>
+      </c>
       <c r="I44" t="str">
-        <v>kalebharbin</v>
+        <v>scottdedman</v>
       </c>
       <c r="J44">
         <v>1</v>
       </c>
       <c r="K44">
         <v>55</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R44">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X44">
         <v>3</v>
       </c>
       <c r="Y44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC44">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T40</v>
       </c>
       <c r="C45">
         <v>40</v>
       </c>
       <c r="D45" t="str">
-        <v xml:space="preserve">Marty Hoffman </v>
+        <v>Kaleb Harbin</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
         <v>55</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
       <c r="I45" t="str">
-        <v>martyhoffman</v>
+        <v>kalebharbin</v>
       </c>
       <c r="J45">
         <v>1</v>
       </c>
       <c r="K45">
         <v>55</v>
       </c>
       <c r="L45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
         <v>2</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X45">
         <v>3</v>
       </c>
       <c r="Y45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
       <c r="AC45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T40</v>
       </c>
       <c r="C46">
         <v>40</v>
       </c>
       <c r="D46" t="str">
-        <v>Scott Dedman</v>
+        <v xml:space="preserve">Marty Hoffman </v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
         <v>55</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="I46" t="str">
-        <v>forbosis</v>
+        <v>martyhoffman</v>
       </c>
       <c r="J46">
         <v>1</v>
       </c>
       <c r="K46">
         <v>55</v>
       </c>
       <c r="L46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q46">
         <v>4</v>
       </c>
       <c r="R46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
       <c r="U46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V46">
         <v>3</v>
       </c>
       <c r="W46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X46">
         <v>3</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
         <v>3</v>
       </c>
       <c r="AA46">
         <v>4</v>
       </c>
       <c r="AB46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC46">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>T46</v>
       </c>
       <c r="C47">
         <v>46</v>
       </c>
       <c r="D47" t="str">
         <v>Sam Fullone</v>
       </c>
       <c r="E47">
         <v>2</v>
       </c>
       <c r="F47">
         <v>56</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="H47">