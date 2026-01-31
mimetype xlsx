--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1967,51 +1967,51 @@
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E18">
         <v>-3</v>
       </c>
       <c r="F18">
         <v>51</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>124064</v>
       </c>
       <c r="I18" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J18">
         <v>-3</v>
       </c>
       <c r="K18">
         <v>51</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>5</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
@@ -3450,556 +3450,559 @@
       </c>
       <c r="Z34">
         <v>2</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
       <c r="AC34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T31</v>
       </c>
       <c r="C35">
         <v>31</v>
       </c>
       <c r="D35" t="str">
-        <v>Kc Ballard</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E35">
         <v>1</v>
       </c>
       <c r="F35">
         <v>55</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35">
-        <v>292121</v>
+        <v>272650</v>
       </c>
       <c r="I35" t="str">
-        <v>ballardfishing</v>
+        <v>scottdedman</v>
       </c>
       <c r="J35">
         <v>1</v>
       </c>
       <c r="K35">
         <v>55</v>
       </c>
       <c r="L35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>4</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y35">
         <v>2</v>
       </c>
       <c r="Z35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T31</v>
       </c>
       <c r="C36">
         <v>31</v>
       </c>
       <c r="D36" t="str">
-        <v xml:space="preserve">David Konecny </v>
+        <v>Kc Ballard</v>
       </c>
       <c r="E36">
         <v>1</v>
       </c>
       <c r="F36">
         <v>55</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
-        <v>300739</v>
+        <v>292121</v>
       </c>
       <c r="I36" t="str">
-        <v>jayko910</v>
+        <v>ballardfishing</v>
       </c>
       <c r="J36">
         <v>1</v>
       </c>
       <c r="K36">
         <v>55</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
         <v>2</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X36">
         <v>3</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC36">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T31</v>
       </c>
       <c r="C37">
         <v>31</v>
       </c>
       <c r="D37" t="str">
-        <v xml:space="preserve">Bryan Perry </v>
+        <v xml:space="preserve">David Konecny </v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
         <v>55</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
+      <c r="H37">
+        <v>300739</v>
+      </c>
       <c r="I37" t="str">
-        <v>scottperry43</v>
+        <v>jayko910</v>
       </c>
       <c r="J37">
         <v>1</v>
       </c>
       <c r="K37">
         <v>55</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T31</v>
       </c>
       <c r="C38">
         <v>31</v>
       </c>
       <c r="D38" t="str">
-        <v>Harley Stingel</v>
+        <v xml:space="preserve">Bryan Perry </v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
         <v>55</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="I38" t="str">
-        <v>thatstheline</v>
+        <v>scottperry43</v>
       </c>
       <c r="J38">
         <v>1</v>
       </c>
       <c r="K38">
         <v>55</v>
       </c>
       <c r="L38">
+        <v>3</v>
+      </c>
+      <c r="M38">
+        <v>3</v>
+      </c>
+      <c r="N38">
+        <v>3</v>
+      </c>
+      <c r="O38">
+        <v>3</v>
+      </c>
+      <c r="P38">
+        <v>3</v>
+      </c>
+      <c r="Q38">
+        <v>3</v>
+      </c>
+      <c r="R38">
         <v>5</v>
       </c>
-      <c r="M38">
-[...16 lines deleted...]
-      </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
         <v>2</v>
       </c>
       <c r="X38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
       <c r="AC38">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T31</v>
       </c>
       <c r="C39">
         <v>31</v>
       </c>
       <c r="D39" t="str">
-        <v>Joshua Browne</v>
+        <v>Harley Stingel</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>55</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
       <c r="I39" t="str">
-        <v>jbrowne</v>
+        <v>thatstheline</v>
       </c>
       <c r="J39">
         <v>1</v>
       </c>
       <c r="K39">
         <v>55</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q39">
         <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
       <c r="AC39">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T31</v>
       </c>
       <c r="C40">
         <v>31</v>
       </c>
       <c r="D40" t="str">
-        <v>Scott Dedman</v>
+        <v>Joshua Browne</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
         <v>55</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="I40" t="str">
-        <v>forbosis</v>
+        <v>jbrowne</v>
       </c>
       <c r="J40">
         <v>1</v>
       </c>
       <c r="K40">
         <v>55</v>
       </c>
       <c r="L40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
         <v>3</v>
       </c>
       <c r="T40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y40">
         <v>2</v>
       </c>
       <c r="Z40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA40">
         <v>3</v>
       </c>
       <c r="AB40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T31</v>
       </c>
       <c r="C41">
         <v>31</v>
       </c>
       <c r="D41" t="str">
         <v>Taylor Rane</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41">